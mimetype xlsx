--- v0 (2025-10-07)
+++ v1 (2026-02-25)
@@ -12,68 +12,62 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\margareth.santos\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="6555" yWindow="45" windowWidth="6510" windowHeight="6075"/>
   </bookViews>
   <sheets>
     <sheet name="CONTATOS" sheetId="30" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">CONTATOS!$A$1:$G$202</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">CONTATOS!$A$1:$G$203</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="453" uniqueCount="418">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="459" uniqueCount="421">
   <si>
     <t>3375-0281</t>
   </si>
   <si>
-    <t>3375-0117</t>
-[...1 lines deleted...]
-  <si>
     <t>3375-0285</t>
   </si>
   <si>
     <t>3375-0113</t>
   </si>
   <si>
     <t>3375-0274</t>
   </si>
   <si>
     <t>3375-0221</t>
   </si>
   <si>
     <t>ADRIANA</t>
   </si>
   <si>
     <t>3375-0276</t>
   </si>
   <si>
     <t>MARCIA</t>
   </si>
   <si>
     <t>3375-0091</t>
   </si>
   <si>
     <t>3375-0279</t>
@@ -93,62 +87,56 @@
   <si>
     <t>PROTOCOLO</t>
   </si>
   <si>
     <t>VALDEMIR</t>
   </si>
   <si>
     <t>3375-0100</t>
   </si>
   <si>
     <t>3375-0211</t>
   </si>
   <si>
     <t>3375-0235</t>
   </si>
   <si>
     <t>3375-0102</t>
   </si>
   <si>
     <t>3375-0237</t>
   </si>
   <si>
     <t>3375-0218</t>
   </si>
   <si>
-    <t>ANA PAULA</t>
-[...1 lines deleted...]
-  <si>
     <t>3375-0110</t>
   </si>
   <si>
     <t>3375-0090</t>
   </si>
   <si>
-    <t>JULIANA</t>
-[...1 lines deleted...]
-  <si>
     <t>3375-0288</t>
   </si>
   <si>
     <t>3375-0116</t>
   </si>
   <si>
     <t>3375-0178</t>
   </si>
   <si>
     <t>3375-0187</t>
   </si>
   <si>
     <t>GERÊNCIA DE ALIMENTAÇÃO ESCOLAR</t>
   </si>
   <si>
     <t>GERÊNCIA DE CONTROLE ESTOQUE</t>
   </si>
   <si>
     <t>3375-0489</t>
   </si>
   <si>
     <t>MARLY SERRATO</t>
   </si>
   <si>
     <t>3375-0183</t>
@@ -156,176 +144,167 @@
   <si>
     <t>3375-0159</t>
   </si>
   <si>
     <t>3375-0228</t>
   </si>
   <si>
     <t>3375-0212</t>
   </si>
   <si>
     <t>3375-0082</t>
   </si>
   <si>
     <t>CAE</t>
   </si>
   <si>
     <t>3375-0188</t>
   </si>
   <si>
     <t>3375-0275</t>
   </si>
   <si>
     <t>3375-0270</t>
   </si>
   <si>
-    <t>AMAURI SANCHEZ</t>
-[...1 lines deleted...]
-  <si>
     <t>PRISCILA</t>
   </si>
   <si>
     <t>3375-0022</t>
   </si>
   <si>
     <t>3375-0284</t>
   </si>
   <si>
     <t>3375-0168</t>
   </si>
   <si>
     <t>3375-0272</t>
   </si>
   <si>
     <t>EMPENHO E LIQUIDAÇÃO</t>
   </si>
   <si>
     <t>GERÊNCIA FORMAÇÃO CONTINUADA</t>
   </si>
   <si>
     <t>GERÊNCIA DE ENSINO FUNDAMENTAL</t>
   </si>
   <si>
     <t>GERÊNCIA DE TRANSPORTE ESCOLAR</t>
   </si>
   <si>
     <t>3375-0289</t>
   </si>
   <si>
     <t>3375-0121</t>
   </si>
   <si>
-    <t>GERÊNCIA DE EDUCAÇÃO ESPECIAL</t>
-[...1 lines deleted...]
-  <si>
     <t>3375-0093</t>
   </si>
   <si>
     <t xml:space="preserve">edugab@londrina.pr.gov.br </t>
   </si>
   <si>
     <t xml:space="preserve">edu.protocolo@londrina.pr.gov.br </t>
   </si>
   <si>
     <t xml:space="preserve">edueja@londrina.pr.gov.br </t>
   </si>
   <si>
     <t xml:space="preserve">edu.apoio@londrina.pr.gov.br </t>
   </si>
   <si>
     <t>3375-0052</t>
   </si>
   <si>
     <t>CENTRAL DE VAGAS</t>
   </si>
   <si>
     <t>3375-0220</t>
   </si>
   <si>
     <t>CMEL</t>
   </si>
   <si>
     <t>3375-0095</t>
   </si>
   <si>
     <t>JOCELE DÉA</t>
   </si>
   <si>
     <t>ELIANE LOVO - MAT.</t>
   </si>
   <si>
     <t>CRISTINA BORBA - CIÊN.</t>
   </si>
   <si>
-    <t>MARCELLE</t>
-[...1 lines deleted...]
-  <si>
     <t>SIMONE</t>
   </si>
   <si>
     <t>DIRETORIA ADMINISTRATIVA</t>
   </si>
   <si>
     <t>3375-0282</t>
   </si>
   <si>
     <t>COORD DE MANUTENÇÃO ESCOLAR</t>
   </si>
   <si>
     <t>PATRÍCIA</t>
   </si>
   <si>
+    <t>TATIANE</t>
+  </si>
+  <si>
     <t>ELISANGELA</t>
   </si>
   <si>
     <t>3375-0032</t>
   </si>
   <si>
-    <t>GISLAINE</t>
-[...1 lines deleted...]
-  <si>
     <t>3375-0105</t>
   </si>
   <si>
-    <t>CRIS MATOS - GEOG.</t>
-[...1 lines deleted...]
-  <si>
     <t>SANDRA</t>
   </si>
   <si>
     <t>FRANCIELI ARAUJO</t>
   </si>
   <si>
     <t>Rua Piquiri, 332 - Vila Balarotti</t>
   </si>
   <si>
     <t>3375-0034</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO</t>
   </si>
   <si>
+    <t>CRISTIANE</t>
+  </si>
+  <si>
     <t>ROSANGELA</t>
   </si>
   <si>
     <t>MIRNA</t>
   </si>
   <si>
     <t>BRIGADA ESCOLAR</t>
   </si>
   <si>
     <t>SECRETÁRIA MUNICIPAL DE EDUCAÇÃO</t>
   </si>
   <si>
     <t>KAREN</t>
   </si>
   <si>
     <t>THIAGO</t>
   </si>
   <si>
     <t xml:space="preserve">edu.fundamental@londrina.pr.gov.br </t>
   </si>
   <si>
     <t>MIRELLA - TDIC's</t>
   </si>
   <si>
     <t>JOSIANE - TDIC's</t>
@@ -393,71 +372,65 @@
   <si>
     <t>REGIÃO OESTE</t>
   </si>
   <si>
     <t>Rua Humaitá, 900 - Jd. Kennedy - Cep. 86060-060</t>
   </si>
   <si>
     <t>3375-0216</t>
   </si>
   <si>
     <t>3375-0215</t>
   </si>
   <si>
     <t>PATRICIA</t>
   </si>
   <si>
     <t>3375-0017</t>
   </si>
   <si>
     <t>FABIANA TRIANI</t>
   </si>
   <si>
     <t>CACS / FUNDEB</t>
   </si>
   <si>
-    <t>(43) 9 8493 9825</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">ensino.infantil@edu.londrina.pr.gov.br </t>
   </si>
   <si>
     <t>JOÃO MARCOS (PRESID)</t>
   </si>
   <si>
     <t>3375-0083</t>
   </si>
   <si>
     <t>Contato somente whatsapp (43) 9 9943-2782</t>
   </si>
   <si>
     <t>Contato somente whatsapp (43) 9 9943-2773</t>
   </si>
   <si>
-    <t>  GLÁUCIA</t>
-[...1 lines deleted...]
-  <si>
     <t>3375-0290</t>
   </si>
   <si>
     <t>  LUCIANA</t>
   </si>
   <si>
     <t>3375-0683</t>
   </si>
   <si>
     <t>3375-0035</t>
   </si>
   <si>
     <t>KÁSSIMA - MAT.</t>
   </si>
   <si>
     <t>ELISABETH LUNA</t>
   </si>
   <si>
     <t>3375-0236</t>
   </si>
   <si>
     <t>FABIANE</t>
   </si>
   <si>
     <t>POLO MUN MULTIDISCIPLINAR E INTERSETORIAL</t>
@@ -510,53 +483,50 @@
   <si>
     <t>3375-0057</t>
   </si>
   <si>
     <t>3771-6350</t>
   </si>
   <si>
     <t> 50283</t>
   </si>
   <si>
     <t> 50004</t>
   </si>
   <si>
     <t> 50098</t>
   </si>
   <si>
     <t> 50097</t>
   </si>
   <si>
     <t> 50285</t>
   </si>
   <si>
     <t>3375-0011 </t>
   </si>
   <si>
-    <t>Aposentadoria Rural - WhatsApp 43 99945-5408</t>
-[...1 lines deleted...]
-  <si>
     <t>ASSE. DOS CONSELHOS CMEL/CAE/FUNDEB</t>
   </si>
   <si>
     <t>RENATA PERUCELO</t>
   </si>
   <si>
     <t>GER DE GESTÃO FINANCEIRA DAS UN ESCOLARES</t>
   </si>
   <si>
     <t xml:space="preserve">eduensino@londrina.pr.gov.br </t>
   </si>
   <si>
     <t xml:space="preserve">edu.horaextra@londrina.pr.gov.br </t>
   </si>
   <si>
     <t xml:space="preserve">edu.projetos@londrina.pr.gov.br </t>
   </si>
   <si>
     <t xml:space="preserve">edugadm@londrina.pr.gov.br </t>
   </si>
   <si>
     <t xml:space="preserve">edu.especial@londrina.pr.gov.br </t>
   </si>
   <si>
     <t xml:space="preserve">edu.proteja@londrina.pr.gov.br </t>
@@ -609,789 +579,839 @@
   <si>
     <t xml:space="preserve">edu.regional5@londrina.pr.gov.br </t>
   </si>
   <si>
     <t xml:space="preserve">smeregional5@gmail.com </t>
   </si>
   <si>
     <t xml:space="preserve">edu.administrativo@londrina.pr.gov.br </t>
   </si>
   <si>
     <t xml:space="preserve">doc.geral@edu.londrina.pr.gov.br </t>
   </si>
   <si>
     <t xml:space="preserve">doc.oeste@edu.londrina.pr.gov.br </t>
   </si>
   <si>
     <t xml:space="preserve">doc.sul@edu.londrina.pr.gov.br </t>
   </si>
   <si>
     <t xml:space="preserve">doc.norte@edu.londrina.pr.gov.br </t>
   </si>
   <si>
     <t xml:space="preserve">doc.particulares@edu.londrina.pr.gov.br </t>
   </si>
   <si>
-    <t xml:space="preserve">cmel@londrina.pr.gov.br </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">cae@londrina.pr.gov.br </t>
   </si>
   <si>
     <t xml:space="preserve">smeregional3@gmail.com </t>
   </si>
   <si>
     <t xml:space="preserve">edu.marcenaria@londrina.pr.gov.br </t>
   </si>
   <si>
     <t xml:space="preserve">edu.gfac@londrina.pr.gov.br </t>
   </si>
   <si>
     <t xml:space="preserve">edu.materiais@londrina.pr.gov.br </t>
   </si>
   <si>
     <t xml:space="preserve">licitacao.educacao@londrina.pr.gov.br </t>
   </si>
   <si>
     <t xml:space="preserve">edu.compra@londrina.pr.gov.br </t>
   </si>
   <si>
     <t xml:space="preserve"> edu.compra1@londrina.pr.gov.br </t>
   </si>
   <si>
     <t xml:space="preserve">edu.transporte@londrina.pr.gov.br </t>
   </si>
   <si>
     <t xml:space="preserve">merenda.escolar@londrina.pr.gov.br </t>
   </si>
   <si>
     <t xml:space="preserve">edu.gestao@londrina.pr.gov.br </t>
   </si>
   <si>
     <t xml:space="preserve">edu.estoque@londrina.pr.gov.br </t>
   </si>
   <si>
-    <t xml:space="preserve">smeregional4@gmail.com </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">arte@edu.londrina.pr.gov.br </t>
   </si>
   <si>
     <t xml:space="preserve">edu.estrutura@londrina.pr.gov.br </t>
   </si>
   <si>
     <t>3375-0144 3329-0559</t>
   </si>
   <si>
-    <t xml:space="preserve">edu.regional2@londrina.pr.gov.br </t>
-[...4 lines deleted...]
-  <si>
     <t>ALEXANDRE SEGANTIN</t>
   </si>
   <si>
     <t>PROGRAMA VENCER</t>
   </si>
   <si>
     <t xml:space="preserve">programavencer@edu.londrina.pr.gov.br </t>
   </si>
   <si>
     <t xml:space="preserve">ppp@edu.londrina.pr.gov.br </t>
   </si>
   <si>
     <t>edu.brigadaescolar@londrina.pr.gov.br</t>
   </si>
   <si>
     <t>comai@londrina.pr.gov.br</t>
   </si>
   <si>
     <t>LUCIANI COUTINHO</t>
   </si>
   <si>
     <t>funcionamentoescolar@edu.londrina.pr.gov.br</t>
   </si>
   <si>
     <t>JADER</t>
   </si>
   <si>
     <t>FABIANA</t>
   </si>
   <si>
     <t>ROBERTO</t>
   </si>
   <si>
-    <t>Vania Isabeli Talarico Freitas da Costa</t>
-[...7 lines deleted...]
-  <si>
     <t>FERNANDA</t>
   </si>
   <si>
     <t>planejamento@edu.londrina.pr.gov.br</t>
   </si>
   <si>
     <t>JUNIOR CESAR DIAS</t>
   </si>
   <si>
     <t>MARCELO / VIVIANE</t>
   </si>
   <si>
     <t>FERNANDA CASAGRANDE</t>
   </si>
   <si>
     <t>EDELAINE</t>
   </si>
   <si>
     <t>cme@londrina.pr.gov.br</t>
   </si>
   <si>
     <t>KAREN ELIZABETH</t>
   </si>
   <si>
     <t>ensino.fundamental@edu.londrina.pr.gov.br</t>
   </si>
   <si>
-    <t>ELIANE TRANNIN - ENS REL.</t>
-[...1 lines deleted...]
-  <si>
     <t>diversidade.sme@edu.londrina.pr.gov.br</t>
   </si>
   <si>
-    <t>LAURA - ARTE</t>
-[...1 lines deleted...]
-  <si>
     <t>VALDIR - PAL ANDANTES</t>
   </si>
   <si>
     <t>COORDENADORIA 4º E 5º ANO</t>
   </si>
   <si>
     <t>MARIA DO CARMO</t>
   </si>
   <si>
     <t>FLAVIA MURATA</t>
   </si>
   <si>
     <t>SIMONE / FABIANE</t>
   </si>
   <si>
     <t>EDEVAILSON / PRISCILA</t>
   </si>
   <si>
     <t xml:space="preserve">matematica@edu.londrina.pr.gov.br </t>
   </si>
   <si>
     <t>JOÃO ORTIZ - ED. FÍSICA</t>
   </si>
   <si>
     <t>coord45@edu.londrina.pr.gov.br</t>
   </si>
   <si>
-    <t>GERÊNCIA DE DIVERSIDADE</t>
-[...10 lines deleted...]
-  <si>
     <t>DENISE LONNI</t>
   </si>
   <si>
-    <t>ELIANE  /  CAROLINA</t>
-[...4 lines deleted...]
-  <si>
     <t>ALTAS HABILIDADES</t>
   </si>
   <si>
     <t>CLASSE DE TGD E EJA</t>
   </si>
   <si>
-    <t>DAIANE / SIMIELLE</t>
-[...31 lines deleted...]
-  <si>
     <t>AUREA / FABIANA</t>
   </si>
   <si>
     <t>ANNA KARINA</t>
   </si>
   <si>
     <t>LUCIANA BITENCOURT</t>
   </si>
   <si>
-    <t>JULIANA LOUVISON</t>
-[...1 lines deleted...]
-  <si>
     <t>JULIANA ALTIMARI</t>
   </si>
   <si>
     <t>LIDIANE / ROSANA</t>
   </si>
   <si>
     <t>EDILAINE - LOND GLOBAL</t>
   </si>
   <si>
     <t>educacaofisica@edu.londrina.pr.gov.br</t>
   </si>
   <si>
-    <t>DIANA</t>
-[...13 lines deleted...]
-  <si>
     <t>JULIANA GARCIA</t>
   </si>
   <si>
     <t>3375-0271 </t>
   </si>
   <si>
     <t>APOIO REGIONAL DA ZONA RURAL</t>
   </si>
   <si>
     <t>JOSÉ</t>
   </si>
   <si>
     <t>APOIO REGIONAL DA ZONA NORTE</t>
   </si>
   <si>
     <t>APOIO REGIONAL DA ZONA SUL</t>
   </si>
   <si>
-    <t>KARLA TATIANY</t>
-[...1 lines deleted...]
-  <si>
     <t>APOIO REGIONAL DA ZONA LESTE</t>
   </si>
   <si>
     <t>CAMILA TONON</t>
   </si>
   <si>
     <t>APOIO REGIONAL DA ZONA OESTE</t>
   </si>
   <si>
     <t xml:space="preserve">smeregional2@gmail.com </t>
   </si>
   <si>
-    <t>TALITA</t>
-[...1 lines deleted...]
-  <si>
     <t>3375-0146</t>
   </si>
   <si>
     <t>INES BERNARDES</t>
   </si>
   <si>
     <t>edu.terceirizadas@londrina.pr.gov.br</t>
   </si>
   <si>
-    <t>ELIANE CANDOTI</t>
-[...4 lines deleted...]
-  <si>
     <t>CARLA RAMOS</t>
   </si>
   <si>
     <t>MARIA CRISTINA</t>
   </si>
   <si>
-    <t>DIEGO</t>
-[...1 lines deleted...]
-  <si>
     <t>carla.ramos@londrina.pr.gov.br</t>
   </si>
   <si>
     <t>MARGARETH ALVES SANTOS</t>
   </si>
   <si>
     <t>edu.financeiro@londrina.pr.gov.br</t>
   </si>
   <si>
     <t>LICITAÇÕES</t>
   </si>
   <si>
     <t>TI - EDUCAÇÃO</t>
   </si>
   <si>
     <t>FROTA</t>
   </si>
   <si>
     <t xml:space="preserve">edu.frota@londrina.pr.gov.br </t>
   </si>
   <si>
     <t>ROSEMARY / TALICIA</t>
   </si>
   <si>
     <t>JULIANA BRITO / ANA PAULA</t>
   </si>
   <si>
     <t>edu.empenho@londrina.pr.gov.br</t>
   </si>
   <si>
     <t>edu.liquidacao@londrina.pr.gov.br</t>
   </si>
   <si>
     <t>gti@londrina.pr.gov.br</t>
   </si>
   <si>
-    <t>CARLA / RENATA</t>
-[...1 lines deleted...]
-  <si>
     <t>MARGARETH PERES</t>
   </si>
   <si>
-    <t>JOANA</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">formacao.continuada@edu.londrina.pr.gov.br </t>
   </si>
   <si>
     <t>SUELY VIEIRA</t>
   </si>
   <si>
     <t>PROG. SOCIOEMOCIONAL</t>
   </si>
   <si>
     <t>LUZIMAR</t>
   </si>
   <si>
     <t>programasocioemocional@londrina.gmail.com</t>
   </si>
   <si>
     <t>EMILY</t>
   </si>
   <si>
     <t xml:space="preserve">formacaocontinuadaestagiaria@gmail.com </t>
   </si>
   <si>
     <t>conselhosescolareslondrina@edu.londrina.pr.gov.br</t>
   </si>
   <si>
     <t>SILVIA</t>
   </si>
   <si>
     <t>DEISE M REIS (PRESID)</t>
   </si>
   <si>
-    <t>LETICIA</t>
-[...4 lines deleted...]
-  <si>
     <t>JOSIELE</t>
   </si>
   <si>
-    <t>GER DE FISCALIZAÇÃO DE CONVÊNIOS E CONTRATOS</t>
-[...1 lines deleted...]
-  <si>
     <t>3375-0033</t>
   </si>
   <si>
     <t>GER DE FISCALIZAÇÃO DE ATAS E CONTRATOS</t>
   </si>
   <si>
     <t xml:space="preserve">educa.fiscaliza@londrina.pr.gov.br </t>
   </si>
   <si>
-    <t>KARINA ANTONIO</t>
-[...4 lines deleted...]
-  <si>
     <t>LIDIANE MACHADO</t>
   </si>
   <si>
     <t>3375-0242</t>
   </si>
   <si>
-    <t>JOSI MUNIZ</t>
-[...4 lines deleted...]
-  <si>
     <t>GISELE / GISLAINE</t>
   </si>
   <si>
     <t>VANESSA / VIVIANE</t>
   </si>
   <si>
     <t>LUIZ ALEGRE (ESTAGIÁRIO)</t>
   </si>
   <si>
     <t xml:space="preserve">VIVIANE LIBOREDO </t>
   </si>
   <si>
     <t>GUSTAVO MARTINS</t>
   </si>
   <si>
     <t>GUSTHAVO RICARDI</t>
   </si>
   <si>
     <t>FERNANDO</t>
   </si>
   <si>
     <t>edu.alimentos@londrina.pr.gov.br</t>
   </si>
   <si>
     <t>edu.maodeobra@londrina.pr.gov.br</t>
   </si>
   <si>
     <t>GENELITA</t>
   </si>
   <si>
-    <t>ELIANA / MARGARETE</t>
-[...1 lines deleted...]
-  <si>
     <t>doc.aposentadoria@edu.londrina.pr.gov.br</t>
   </si>
   <si>
     <t>JAQUELINE BONIFACIO - ALF.</t>
   </si>
   <si>
     <t>ANA CAVAZZANA - REC PAR</t>
   </si>
   <si>
     <t>recuperacaoparalela@edu.londrina.pr.gov.br</t>
   </si>
   <si>
     <t>RENATA /DILCEIA</t>
   </si>
   <si>
-    <t>CRISTIANE / ROSICLEIA</t>
-[...4 lines deleted...]
-  <si>
     <t>VANESSA VALERO</t>
   </si>
   <si>
-    <t>integral@londrina.pr.gov.br</t>
-[...1 lines deleted...]
-  <si>
     <t>edu.mobiliario@londrina.pr.gov.br</t>
   </si>
   <si>
-    <t>CLAUDINEIA / CRISTIANE</t>
-[...1 lines deleted...]
-  <si>
     <t>edu.pagamentos@londrina.pr.gov.br</t>
   </si>
   <si>
     <t>PAULO</t>
   </si>
   <si>
     <t>RAFAELA / LUCIANO</t>
   </si>
   <si>
     <t>JESSICA / MARCOS</t>
   </si>
   <si>
     <t>DANIELLE / ANDREA</t>
   </si>
   <si>
     <t>KARINA / EDNA</t>
   </si>
   <si>
     <t>BETI / FABIELI</t>
   </si>
   <si>
-    <t>ADRIANA / CAMILA</t>
-[...7 lines deleted...]
-  <si>
     <t>GERÊNCIA EDUCAÇÃO INFANTIL</t>
   </si>
   <si>
     <t>FUNCIONAMENTO ESCOLAR</t>
   </si>
   <si>
-    <t>JAQUELINE / MARCIA KINJO</t>
-[...10 lines deleted...]
-  <si>
     <t>BRAGA</t>
   </si>
   <si>
     <t>BEATRIZ / MIRTZ</t>
   </si>
   <si>
     <t>KARINA / GEIZEBEL</t>
   </si>
   <si>
     <t>ELIANE / JAQUELINE</t>
   </si>
   <si>
     <t>MARCO AURELIO / JOSUÉ</t>
   </si>
   <si>
     <t>ERICA</t>
   </si>
   <si>
-    <t>CLAUDIA / MARISA</t>
-[...4 lines deleted...]
-  <si>
     <t>EMANUELE</t>
   </si>
   <si>
-    <t>MARCIA BARION</t>
-[...1 lines deleted...]
-  <si>
     <t>TATIANA / KATIA</t>
   </si>
   <si>
     <t>DIVARCI / LUCIMAR</t>
   </si>
   <si>
     <t>SIMONI / JOICE</t>
   </si>
   <si>
     <t>ISMAEL / PATRICIA</t>
   </si>
   <si>
-    <t>ANDREA / GREKA</t>
-[...4 lines deleted...]
-  <si>
     <t>ELAINE TEREZINHA</t>
   </si>
   <si>
-    <t>ANAPAULA / CECILIA</t>
-[...16 lines deleted...]
-  <si>
     <t>CONSELHO ESCOLAR / PROJETOS PARCEIROS</t>
   </si>
   <si>
     <t>MÍDIAS / TECNOLOGIA / COMUNICAÇÃO</t>
   </si>
   <si>
     <t>GABRIELA</t>
   </si>
   <si>
     <t>PROPOSTA PEDGÓGICA</t>
   </si>
   <si>
     <t>GEIZA / JOÃO</t>
   </si>
   <si>
     <t>CLAUDIA</t>
   </si>
   <si>
     <t>EDIVALDO</t>
   </si>
   <si>
     <t>EDWILSON</t>
   </si>
   <si>
     <t>ESTAGIÁRIOS</t>
   </si>
   <si>
     <t>RAFAELI - L.PORT.</t>
   </si>
   <si>
     <t>JOZELIA - L.PORT.</t>
   </si>
   <si>
     <t>JOÃO MARCOS</t>
   </si>
   <si>
     <t>BÁRBARA</t>
   </si>
   <si>
     <t>CLARICE / EVANDRO</t>
   </si>
   <si>
     <t>MARIANE</t>
+  </si>
+  <si>
+    <t>3375-0073
+3375-0277
+3375-0117</t>
+  </si>
+  <si>
+    <t>50073
+50277
+50117</t>
+  </si>
+  <si>
+    <t>ELIANA</t>
+  </si>
+  <si>
+    <t>GLÁUCIA</t>
+  </si>
+  <si>
+    <t>CLOTILDE</t>
+  </si>
+  <si>
+    <t>43 99945-5408 (WHATS)</t>
+  </si>
+  <si>
+    <t>JAQUELINE / RAFAEL</t>
+  </si>
+  <si>
+    <t>RENATA / AMANDA OECH</t>
+  </si>
+  <si>
+    <t>MARCIA / AMANDA CUNHA</t>
+  </si>
+  <si>
+    <t>Thatiane Verni Lopes de Araujo</t>
+  </si>
+  <si>
+    <t>SIMONE CAVALIN</t>
+  </si>
+  <si>
+    <t>GERÊNCIA DE EDUCAÇÃO ESPECIAL - SEDE SME</t>
+  </si>
+  <si>
+    <t>LETICIA / JOYCE</t>
+  </si>
+  <si>
+    <t>JULIENE / CAROLINE</t>
+  </si>
+  <si>
+    <t>DIANA SOUZA</t>
+  </si>
+  <si>
+    <t>PRISCILLA NIWA</t>
+  </si>
+  <si>
+    <t>FLUXO DE ATENDIMENTO PES</t>
+  </si>
+  <si>
+    <t>CAROLINA LINO</t>
+  </si>
+  <si>
+    <t>3375-0009</t>
+  </si>
+  <si>
+    <t>VIVIANE/MARIANA VERÇOSA</t>
+  </si>
+  <si>
+    <t>LUCIANA GERARDI / MARCIA</t>
+  </si>
+  <si>
+    <t>SUELI / MARINA</t>
+  </si>
+  <si>
+    <t>MARIANNA NOGUEIRA</t>
+  </si>
+  <si>
+    <t>CARLA / ANA PAULA</t>
+  </si>
+  <si>
+    <t>ROSA</t>
+  </si>
+  <si>
+    <t>NÚCLEO TÉCNICO DE ACESSIBILIZAÇÃO</t>
+  </si>
+  <si>
+    <t>KEILA</t>
+  </si>
+  <si>
+    <t>SALA DE RECURSOS ESTRUTURAL</t>
+  </si>
+  <si>
+    <t>SIMIELLE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">apoio.especializado@edu.londrina.pr.gov.br </t>
+  </si>
+  <si>
+    <t>MEDIADORA DA DIVERSIDADE</t>
+  </si>
+  <si>
+    <t>ALMERITA DE PAULA</t>
+  </si>
+  <si>
+    <t>DAIANE /FERNANDA OLIVEIRA/PRISCILA COSTA</t>
+  </si>
+  <si>
+    <t>ANGELITA/ROSENEY/THAYLA/VERA LÚCIA/VANESSA</t>
+  </si>
+  <si>
+    <t>ERICA / LUANA/LUCIANA/FERNANDA MANELLA</t>
+  </si>
+  <si>
+    <t>DANIELE /LUCIANA G/PATRICIA COSTA/KAMYLLA/ANA CRISTINA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">mediacao.diversidade@edu.londrina.pr.gov.br </t>
+  </si>
+  <si>
+    <t>LUANA / JANE / STEPHANIE</t>
+  </si>
+  <si>
+    <t>DANIELE  / JULIANA</t>
+  </si>
+  <si>
+    <t>ADRIANA / CAMILA / SILVIA</t>
+  </si>
+  <si>
+    <t>pes.eduespecial.londrina@gmail.com</t>
+  </si>
+  <si>
+    <t>LETÍCIA - ARTE</t>
+  </si>
+  <si>
+    <t>CRIS MATOS - GEO</t>
+  </si>
+  <si>
+    <t>VALMIRANE - INTEGRAL</t>
+  </si>
+  <si>
+    <t>JULIANA BUENO - DIV</t>
+  </si>
+  <si>
+    <t>ELIANE TRANNIN - ENS REL</t>
+  </si>
+  <si>
+    <t>ANA THOMSON - DIVER</t>
+  </si>
+  <si>
+    <t>ELIANE CANDOTI - HIS/GEO/DIV</t>
+  </si>
+  <si>
+    <t>MUSEU ESCOLAR DE LONDRINA - MEL</t>
+  </si>
+  <si>
+    <t>MEIRE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">emelon@edu.londrina.pr.gov.br </t>
+  </si>
+  <si>
+    <t>CRISTIANE / TAMIRES</t>
+  </si>
+  <si>
+    <t>RENATA ROSSI</t>
+  </si>
+  <si>
+    <t>DANIELA ZANONI / ROSELI / CILIO</t>
+  </si>
+  <si>
+    <t>NILDA / RAQUEL</t>
+  </si>
+  <si>
+    <t>ANA PAULA / RAFAELA</t>
+  </si>
+  <si>
+    <t>GERÊNCIA INTERSETORIAL</t>
+  </si>
+  <si>
+    <t>GREKA</t>
+  </si>
+  <si>
+    <t>ANDREA</t>
+  </si>
+  <si>
+    <t>HAROLDO / CARLOS</t>
+  </si>
+  <si>
+    <t>GERÊNCIA DE APOIO REGIONAL</t>
+  </si>
+  <si>
+    <t>KARLA ABREU</t>
+  </si>
+  <si>
+    <t>regionais@edu.londrina.pr.gov.br</t>
+  </si>
+  <si>
+    <t>smeregional4@gmail.com</t>
+  </si>
+  <si>
+    <t>smeregional1@gmail.com</t>
+  </si>
+  <si>
+    <t>ALINE SANTANA</t>
+  </si>
+  <si>
+    <t>DÓRIS ANDRADE DA CRUZ (PRES)</t>
+  </si>
+  <si>
+    <t>(43) 9 9943-2773</t>
+  </si>
+  <si>
+    <t>MARISA/SIRLENE/ DEISE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALENA/ELOANE </t>
+  </si>
+  <si>
+    <t>DIEGO / MÁRCIA</t>
+  </si>
+  <si>
+    <t>LÍRIO / WAGNER</t>
+  </si>
+  <si>
+    <t>CECILIA</t>
+  </si>
+  <si>
+    <t>ELAINE F / LUCIANA LEITE</t>
+  </si>
+  <si>
+    <t>MARA CRISTINA / KARINA</t>
+  </si>
+  <si>
+    <t>MIRIAN BORN / ANA PAULA</t>
+  </si>
+  <si>
+    <t>MARTA / DEOLINDA</t>
+  </si>
+  <si>
+    <t>JOSELAINE / DENISE</t>
+  </si>
+  <si>
+    <t>CLAUDINEIA</t>
+  </si>
+  <si>
+    <t>PATRICIA / TALITA</t>
+  </si>
+  <si>
+    <t>JULIANA / CRISTIANE</t>
+  </si>
+  <si>
+    <t>CLEIDE / JOANA</t>
+  </si>
+  <si>
+    <t>MARCELLE / KAROLINE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="13">
+  <borders count="22">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color theme="0" tint="-0.499984740745262"/>
       </left>
       <right style="hair">
         <color theme="0" tint="-0.499984740745262"/>
       </right>
       <top style="hair">
         <color theme="0" tint="-0.499984740745262"/>
       </top>
       <bottom style="hair">
         <color theme="0" tint="-0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
@@ -1493,205 +1513,340 @@
     </border>
     <border>
       <left style="hair">
         <color theme="0" tint="-0.499984740745262"/>
       </left>
       <right style="hair">
         <color theme="0" tint="-0.499984740745262"/>
       </right>
       <top/>
       <bottom style="hair">
         <color theme="0" tint="-0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color theme="0" tint="-0.499984740745262"/>
       </left>
       <right style="hair">
         <color theme="0" tint="-0.499984740745262"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="dotted">
+        <color rgb="FF7F7F7F"/>
+      </left>
+      <right/>
+      <top style="dotted">
+        <color rgb="FF7F7F7F"/>
+      </top>
+      <bottom style="dotted">
+        <color rgb="FF7F7F7F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="dotted">
+        <color rgb="FF7F7F7F"/>
+      </top>
+      <bottom style="dotted">
+        <color rgb="FF7F7F7F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="dotted">
+        <color rgb="FF7F7F7F"/>
+      </right>
+      <top style="dotted">
+        <color rgb="FF7F7F7F"/>
+      </top>
+      <bottom style="dotted">
+        <color rgb="FF7F7F7F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="dotted">
+        <color rgb="FF7F7F7F"/>
+      </left>
+      <right style="dotted">
+        <color rgb="FF7F7F7F"/>
+      </right>
+      <top style="dotted">
+        <color rgb="FF7F7F7F"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="dotted">
+        <color rgb="FF7F7F7F"/>
+      </left>
+      <right style="dotted">
+        <color rgb="FF7F7F7F"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="dotted">
+        <color rgb="FF7F7F7F"/>
+      </left>
+      <right style="dotted">
+        <color rgb="FF7F7F7F"/>
+      </right>
+      <top/>
+      <bottom style="dotted">
+        <color rgb="FF7F7F7F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="dotted">
+        <color rgb="FF7F7F7F"/>
+      </left>
+      <right/>
+      <top style="hair">
+        <color theme="0" tint="-0.499984740745262"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="dotted">
+        <color rgb="FF7F7F7F"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="dotted">
+        <color rgb="FF7F7F7F"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="hair">
+        <color theme="0" tint="-0.499984740745262"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="52">
+  <cellXfs count="60">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
-[...101 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hiperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFCC"/>
       <color rgb="FFFF5050"/>
       <color rgb="FFFFFF99"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
@@ -1965,3394 +2120,3397 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ensino.infantil@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:linguaportuguesa@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cmel@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.estrutura@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:programavencer@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:educacaofisica@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.maodeobra@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.mobiliario@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apoio.regiaocentroleste@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matematica@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:doc.oeste@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:doc.norte@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.transporte@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:merenda.escolar@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.empenho@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:conselhosescolareslondrina@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edugadm@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.materiais@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ciencias@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:palavrasandantes@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eduinfantil@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.regional4@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:doc.sistemapresenca@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smeregional2@gmail.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smeregional3@gmail.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.estoque@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:funcionamentoescolar@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:coord45@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.projetos@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.fundamental@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.materiais@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.financeiro@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:programasocioemocional@londrina.gmail.com" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:doc.aposentadoria@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eduensino@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apoio.regiaooeste@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:historia_geografia@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eja@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:doc.sul@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smeregional5@gmail.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cme@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.protocolo@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diversidade.sme@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apoio.regiaorural@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smeregional1@gmail.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.compra@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.brigadaescolar@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apoio.aee@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.liquidacao@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.alimentos@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:integral@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.pagamentos@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edugab@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.especial@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apoio.regiaonorte@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apoio.tgd.eja@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smeregional4@gmail.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:central.vagas@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.marcenaria@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.gestao@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.estagio@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:doc.geral@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.regional2@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carla.ramos@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:licitacao.educacao@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:planejamento@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.frota@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:formacao.continuada@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:formacaocontinuadaestagiaria@gmail.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:recuperacaoparalela@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.horaextra@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.proteja@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tdics@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apoio.regiaosul@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:doc.particulares@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:doc.leste@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.gfac@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.compra1@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gti@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:comai@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.terceirizadas@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.apoio@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.administrativo@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edueja@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.regional5@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cae@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ensino.fundamental@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:londrinaglobal@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ppp@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:educa.fiscaliza@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arte@edu.londrina.pr.gov.br" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ensino.infantil@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:linguaportuguesa@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cae@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.gfac@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ensino.fundamental@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.financeiro@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.materiais@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pes.eduespecial.londrina@gmail.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apoio.regiaocentroleste@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matematica@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:doc.sul@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smeregional5@gmail.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.estoque@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ppp@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:formacao.continuada@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.maodeobra@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edugadm@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emelon@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:palavrasandantes@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eduinfantil@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cme@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.materiais@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diversidade.sme@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.frota@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.fundamental@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.compra@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gti@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:doc.aposentadoria@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.pagamentos@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eduensino@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apoio.regiaooeste@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:historia_geografia@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eja@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:doc.leste@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:doc.particulares@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.marcenaria@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.brigadaescolar@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.terceirizadas@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apoio.regiaorural@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smeregional2@gmail.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.gestao@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:planejamento@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.empenho@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:conselhosescolareslondrina@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.mobiliario@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mediacao.diversidade@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:educa.fiscaliza@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edugab@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.especial@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apoio.regiaonorte@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apoio.tgd.eja@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smeregional4@gmail.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:doc.norte@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carla.ramos@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:licitacao.educacao@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.estagio@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:doc.oeste@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.estrutura@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.compra1@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:programavencer@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:educacaofisica@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.projetos@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.alimentos@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:recuperacaoparalela@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apoio.aee@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.horaextra@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.proteja@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tdics@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apoio.regiaosul@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.regional5@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:doc.sistemapresenca@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.transporte@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:merenda.escolar@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:programasocioemocional@londrina.gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:comai@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.liquidacao@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:regionais@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.apoio@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.administrativo@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edueja@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smeregional1@gmail.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smeregional3@gmail.com" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:coord45@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apoio.especializado@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:funcionamentoescolar@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:londrinaglobal@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arte@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ciencias@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:doc.geral@edu.londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:central.vagas@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edu.protocolo@londrina.pr.gov.br" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:formacaocontinuadaestagiaria@gmail.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:P205"/>
+  <dimension ref="A1:G203"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="I9" sqref="I9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="25.7109375" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="10" max="10" width="31.28515625" customWidth="1"/>
+    <col min="1" max="1" width="25.7109375" style="3" customWidth="1"/>
+    <col min="2" max="2" width="11" style="3" customWidth="1"/>
+    <col min="3" max="3" width="8.42578125" style="3" customWidth="1"/>
+    <col min="4" max="4" width="1" style="3" customWidth="1"/>
+    <col min="5" max="5" width="25.7109375" style="3" customWidth="1"/>
+    <col min="6" max="6" width="11" style="3" customWidth="1"/>
+    <col min="7" max="7" width="8.42578125" style="3" customWidth="1"/>
+    <col min="8" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A1" s="40" t="s">
+      <c r="A1" s="47" t="s">
+        <v>78</v>
+      </c>
+      <c r="B1" s="47"/>
+      <c r="C1" s="47"/>
+      <c r="D1" s="47"/>
+      <c r="E1" s="47"/>
+      <c r="F1" s="47"/>
+      <c r="G1" s="47"/>
+    </row>
+    <row r="2" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A2" s="48" t="s">
+        <v>110</v>
+      </c>
+      <c r="B2" s="48"/>
+      <c r="C2" s="48"/>
+      <c r="D2" s="48"/>
+      <c r="E2" s="48"/>
+      <c r="F2" s="48"/>
+      <c r="G2" s="48"/>
+    </row>
+    <row r="3" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A3" s="49"/>
+      <c r="B3" s="49"/>
+      <c r="C3" s="49"/>
+      <c r="D3" s="49"/>
+      <c r="E3" s="49"/>
+      <c r="F3" s="49"/>
+      <c r="G3" s="49"/>
+    </row>
+    <row r="4" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A4" s="47" t="s">
+        <v>347</v>
+      </c>
+      <c r="B4" s="47"/>
+      <c r="C4" s="47"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
+      <c r="F4" s="47"/>
+      <c r="G4" s="47"/>
+    </row>
+    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A5" s="49" t="s">
+        <v>83</v>
+      </c>
+      <c r="B5" s="49"/>
+      <c r="C5" s="49"/>
+      <c r="D5" s="49"/>
+      <c r="E5" s="49"/>
+      <c r="F5" s="49"/>
+      <c r="G5" s="49"/>
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A6" s="11"/>
+      <c r="B6" s="11"/>
+      <c r="C6" s="11"/>
+      <c r="D6" s="11"/>
+      <c r="E6" s="11"/>
+      <c r="F6" s="11"/>
+      <c r="G6" s="11"/>
+    </row>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A7" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="B7" s="36"/>
+      <c r="C7" s="36"/>
+      <c r="D7" s="11"/>
+      <c r="E7" s="36" t="s">
+        <v>100</v>
+      </c>
+      <c r="F7" s="36"/>
+      <c r="G7" s="36"/>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A8" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B8" s="25" t="s">
+        <v>147</v>
+      </c>
+      <c r="C8" s="25">
+        <v>16350</v>
+      </c>
+      <c r="D8" s="11"/>
+      <c r="E8" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F8" s="25" t="s">
+        <v>42</v>
+      </c>
+      <c r="G8" s="25">
+        <v>50022</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A9" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" s="25"/>
+      <c r="C9" s="25"/>
+      <c r="D9" s="11"/>
+      <c r="E9" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="F9" s="25"/>
+      <c r="G9" s="25"/>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A10" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="B10" s="25"/>
+      <c r="C10" s="25"/>
+      <c r="D10" s="11"/>
+      <c r="E10" s="2" t="s">
+        <v>279</v>
+      </c>
+      <c r="F10" s="25"/>
+      <c r="G10" s="25"/>
+    </row>
+    <row r="11" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="24" t="s">
+        <v>54</v>
+      </c>
+      <c r="B11" s="25"/>
+      <c r="C11" s="25"/>
+      <c r="D11" s="11"/>
+      <c r="E11" s="24" t="s">
+        <v>53</v>
+      </c>
+      <c r="F11" s="25"/>
+      <c r="G11" s="25"/>
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A12" s="11"/>
+      <c r="B12" s="11"/>
+      <c r="C12" s="11"/>
+      <c r="D12" s="11"/>
+      <c r="E12" s="11"/>
+      <c r="F12" s="11"/>
+      <c r="G12" s="11"/>
+    </row>
+    <row r="13" spans="1:7" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A13" s="50" t="s">
+        <v>92</v>
+      </c>
+      <c r="B13" s="50"/>
+      <c r="C13" s="50"/>
+      <c r="D13" s="50"/>
+      <c r="E13" s="50"/>
+      <c r="F13" s="50"/>
+      <c r="G13" s="50"/>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A14" s="11"/>
+      <c r="B14" s="11"/>
+      <c r="C14" s="11"/>
+      <c r="D14" s="11"/>
+      <c r="E14" s="11"/>
+      <c r="F14" s="11"/>
+      <c r="G14" s="11"/>
+    </row>
+    <row r="15" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A15" s="36" t="s">
+        <v>92</v>
+      </c>
+      <c r="B15" s="36"/>
+      <c r="C15" s="36"/>
+      <c r="D15" s="11"/>
+      <c r="E15" s="36" t="s">
+        <v>309</v>
+      </c>
+      <c r="F15" s="36"/>
+      <c r="G15" s="36"/>
+    </row>
+    <row r="16" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="B16" s="31" t="s">
+        <v>338</v>
+      </c>
+      <c r="C16" s="31" t="s">
+        <v>339</v>
+      </c>
+      <c r="D16" s="11"/>
+      <c r="E16" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="F16" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="G16" s="25">
+        <v>50279</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A17" s="2" t="s">
+        <v>268</v>
+      </c>
+      <c r="B17" s="32"/>
+      <c r="C17" s="32"/>
+      <c r="D17" s="11"/>
+      <c r="E17" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="F17" s="25"/>
+      <c r="G17" s="25"/>
+    </row>
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="B18" s="32"/>
+      <c r="C18" s="32"/>
+      <c r="D18" s="11"/>
+      <c r="E18" s="2" t="s">
+        <v>375</v>
+      </c>
+      <c r="F18" s="25" t="s">
+        <v>10</v>
+      </c>
+      <c r="G18" s="25">
+        <v>50092</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="B19" s="32"/>
+      <c r="C19" s="32"/>
+      <c r="D19" s="11"/>
+      <c r="E19" s="2" t="s">
+        <v>377</v>
+      </c>
+      <c r="F19" s="25"/>
+      <c r="G19" s="25"/>
+    </row>
+    <row r="20" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="13" t="s">
+        <v>157</v>
+      </c>
+      <c r="B20" s="14"/>
+      <c r="C20" s="15"/>
+      <c r="D20" s="11"/>
+      <c r="E20" s="2" t="s">
+        <v>376</v>
+      </c>
+      <c r="F20" s="25"/>
+      <c r="G20" s="25"/>
+    </row>
+    <row r="21" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="24" t="s">
+        <v>158</v>
+      </c>
+      <c r="B21" s="25"/>
+      <c r="C21" s="25"/>
+      <c r="D21" s="11"/>
+      <c r="E21" s="24" t="s">
+        <v>117</v>
+      </c>
+      <c r="F21" s="25"/>
+      <c r="G21" s="25"/>
+    </row>
+    <row r="22" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A22" s="10"/>
+      <c r="B22" s="10"/>
+      <c r="C22" s="10"/>
+      <c r="D22" s="11"/>
+      <c r="E22" s="24" t="s">
+        <v>176</v>
+      </c>
+      <c r="F22" s="25"/>
+      <c r="G22" s="25"/>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A23" s="36" t="s">
+        <v>94</v>
+      </c>
+      <c r="B23" s="36"/>
+      <c r="C23" s="36"/>
+      <c r="D23" s="11"/>
+      <c r="E23" s="10"/>
+      <c r="F23" s="10"/>
+      <c r="G23" s="10"/>
+    </row>
+    <row r="24" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A24" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="B24" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="C24" s="2">
+        <v>50249</v>
+      </c>
+      <c r="D24" s="11"/>
+      <c r="E24" s="36" t="s">
+        <v>48</v>
+      </c>
+      <c r="F24" s="36"/>
+      <c r="G24" s="36"/>
+    </row>
+    <row r="25" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A25" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="B25" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="C25" s="2">
+        <v>50034</v>
+      </c>
+      <c r="D25" s="11"/>
+      <c r="E25" s="2" t="s">
+        <v>334</v>
+      </c>
+      <c r="F25" s="25" t="s">
+        <v>16</v>
+      </c>
+      <c r="G25" s="25">
+        <v>50100</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A26" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="B26" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C26" s="2">
+        <v>50108</v>
+      </c>
+      <c r="D26" s="11"/>
+      <c r="E26" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="F26" s="25"/>
+      <c r="G26" s="25"/>
+    </row>
+    <row r="27" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A27" s="2" t="s">
+        <v>209</v>
+      </c>
+      <c r="B27" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="C27" s="2">
+        <v>50095</v>
+      </c>
+      <c r="D27" s="11"/>
+      <c r="E27" s="24" t="s">
+        <v>220</v>
+      </c>
+      <c r="F27" s="25"/>
+      <c r="G27" s="25"/>
+    </row>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A28" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="B28" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="C28" s="2">
+        <v>50094</v>
+      </c>
+      <c r="D28" s="11"/>
+      <c r="E28" s="24" t="s">
         <v>86</v>
       </c>
-      <c r="B1" s="40"/>
-[...186 lines deleted...]
-      <c r="F16" s="36" t="s">
+      <c r="F28" s="25"/>
+      <c r="G28" s="25"/>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A29" s="2" t="s">
+        <v>308</v>
+      </c>
+      <c r="B29" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="C29" s="2">
+        <v>50032</v>
+      </c>
+      <c r="D29" s="11"/>
+      <c r="E29" s="24" t="s">
+        <v>175</v>
+      </c>
+      <c r="F29" s="25"/>
+      <c r="G29" s="25"/>
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A30" s="24" t="s">
+        <v>160</v>
+      </c>
+      <c r="B30" s="25"/>
+      <c r="C30" s="25"/>
+      <c r="D30" s="11"/>
+      <c r="E30" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="F30" s="25" t="s">
         <v>4</v>
       </c>
-      <c r="G16" s="36">
-[...225 lines deleted...]
-      <c r="G30" s="36"/>
+      <c r="G30" s="25">
+        <v>50221</v>
+      </c>
     </row>
     <row r="31" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A31" s="22" t="s">
-[...9 lines deleted...]
-      <c r="G31" s="27"/>
+      <c r="A31" s="10"/>
+      <c r="B31" s="10"/>
+      <c r="C31" s="10"/>
+      <c r="D31" s="11"/>
+      <c r="E31" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="F31" s="25"/>
+      <c r="G31" s="25"/>
     </row>
     <row r="32" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A32" s="21"/>
-[...4 lines deleted...]
-        <v>404</v>
+      <c r="A32" s="36" t="s">
+        <v>349</v>
+      </c>
+      <c r="B32" s="36"/>
+      <c r="C32" s="36"/>
+      <c r="D32" s="11"/>
+      <c r="E32" s="24" t="s">
+        <v>228</v>
       </c>
       <c r="F32" s="25"/>
       <c r="G32" s="25"/>
     </row>
     <row r="33" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A33" s="24" t="s">
-[...12 lines deleted...]
-        <v>50057</v>
+      <c r="A33" s="2" t="s">
+        <v>231</v>
+      </c>
+      <c r="B33" s="25" t="s">
+        <v>0</v>
+      </c>
+      <c r="C33" s="25">
+        <v>50281</v>
+      </c>
+      <c r="D33" s="11"/>
+      <c r="E33" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="F33" s="25" t="s">
+        <v>4</v>
+      </c>
+      <c r="G33" s="25">
+        <v>50221</v>
       </c>
     </row>
     <row r="34" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A34" s="8" t="s">
-[...13 lines deleted...]
-      <c r="G34" s="19"/>
+      <c r="A34" s="2" t="s">
+        <v>351</v>
+      </c>
+      <c r="B34" s="25"/>
+      <c r="C34" s="25"/>
+      <c r="D34" s="11"/>
+      <c r="E34" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F34" s="25"/>
+      <c r="G34" s="25"/>
     </row>
     <row r="35" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A35" s="8" t="s">
-[...6 lines deleted...]
-        <v>406</v>
+      <c r="A35" s="2" t="s">
+        <v>350</v>
+      </c>
+      <c r="B35" s="25"/>
+      <c r="C35" s="25"/>
+      <c r="D35" s="11"/>
+      <c r="E35" s="24" t="s">
+        <v>164</v>
       </c>
       <c r="F35" s="25"/>
       <c r="G35" s="25"/>
     </row>
     <row r="36" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A36" s="11" t="s">
-[...12 lines deleted...]
-        <v>50091</v>
+      <c r="A36" s="24" t="s">
+        <v>161</v>
+      </c>
+      <c r="B36" s="25"/>
+      <c r="C36" s="25"/>
+      <c r="D36" s="11"/>
+      <c r="E36" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="F36" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="G36" s="2">
+        <v>50276</v>
       </c>
     </row>
     <row r="37" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A37" s="22" t="s">
+      <c r="A37" s="35" t="s">
+        <v>130</v>
+      </c>
+      <c r="B37" s="35"/>
+      <c r="C37" s="35"/>
+      <c r="D37" s="11"/>
+      <c r="E37" s="24" t="s">
+        <v>165</v>
+      </c>
+      <c r="F37" s="25"/>
+      <c r="G37" s="25"/>
+    </row>
+    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A38" s="25" t="s">
+        <v>131</v>
+      </c>
+      <c r="B38" s="25"/>
+      <c r="C38" s="25"/>
+      <c r="D38" s="11"/>
+      <c r="E38" s="2" t="s">
+        <v>379</v>
+      </c>
+      <c r="F38" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="G38" s="2">
+        <v>50276</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A39" s="36" t="s">
+        <v>132</v>
+      </c>
+      <c r="B39" s="36"/>
+      <c r="C39" s="36"/>
+      <c r="D39" s="11"/>
+      <c r="E39" s="24" t="s">
+        <v>198</v>
+      </c>
+      <c r="F39" s="25"/>
+      <c r="G39" s="25"/>
+    </row>
+    <row r="40" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A40" s="2" t="s">
+        <v>352</v>
+      </c>
+      <c r="B40" s="33" t="s">
+        <v>133</v>
+      </c>
+      <c r="C40" s="33" t="s">
+        <v>148</v>
+      </c>
+      <c r="D40" s="11"/>
+      <c r="E40" s="2" t="s">
+        <v>332</v>
+      </c>
+      <c r="F40" s="51" t="s">
+        <v>111</v>
+      </c>
+      <c r="G40" s="12">
+        <v>50216</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A41" s="2" t="s">
+        <v>353</v>
+      </c>
+      <c r="B41" s="34"/>
+      <c r="C41" s="34"/>
+      <c r="D41" s="11"/>
+      <c r="E41" s="2" t="s">
+        <v>333</v>
+      </c>
+      <c r="F41" s="52"/>
+      <c r="G41" s="54"/>
+    </row>
+    <row r="42" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A42" s="41" t="s">
+        <v>163</v>
+      </c>
+      <c r="B42" s="42"/>
+      <c r="C42" s="43"/>
+      <c r="D42" s="11"/>
+      <c r="E42" s="2" t="s">
+        <v>296</v>
+      </c>
+      <c r="F42" s="53"/>
+      <c r="G42" s="39"/>
+    </row>
+    <row r="43" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="35" t="s">
+        <v>354</v>
+      </c>
+      <c r="B43" s="35"/>
+      <c r="C43" s="35"/>
+      <c r="D43" s="11"/>
+      <c r="E43" s="24" t="s">
         <v>171</v>
       </c>
-      <c r="B37" s="19"/>
-[...100 lines deleted...]
-      <c r="G43" s="34"/>
+      <c r="F43" s="25"/>
+      <c r="G43" s="25"/>
     </row>
     <row r="44" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A44" s="8" t="s">
-[...9 lines deleted...]
-      <c r="G44" s="22"/>
+      <c r="A44" s="3" t="s">
+        <v>355</v>
+      </c>
+      <c r="B44" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="C44" s="3">
+        <v>50009</v>
+      </c>
+      <c r="D44" s="11"/>
+      <c r="E44" s="2" t="s">
+        <v>297</v>
+      </c>
+      <c r="F44" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="G44" s="2">
+        <v>20216</v>
+      </c>
     </row>
     <row r="45" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A45" s="26" t="s">
+      <c r="A45" s="24" t="s">
+        <v>378</v>
+      </c>
+      <c r="B45" s="25"/>
+      <c r="C45" s="25"/>
+      <c r="D45" s="11"/>
+      <c r="E45" s="24" t="s">
+        <v>298</v>
+      </c>
+      <c r="F45" s="24"/>
+      <c r="G45" s="24"/>
+    </row>
+    <row r="46" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A46" s="35" t="s">
+        <v>109</v>
+      </c>
+      <c r="B46" s="35"/>
+      <c r="C46" s="35"/>
+      <c r="D46" s="11"/>
+      <c r="E46" s="2" t="s">
+        <v>239</v>
+      </c>
+      <c r="F46" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="G46" s="2">
+        <v>50276</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A47" s="2" t="s">
+        <v>316</v>
+      </c>
+      <c r="B47" s="25" t="s">
+        <v>104</v>
+      </c>
+      <c r="C47" s="25" t="s">
+        <v>149</v>
+      </c>
+      <c r="D47" s="11"/>
+      <c r="E47" s="24" t="s">
+        <v>172</v>
+      </c>
+      <c r="F47" s="25"/>
+      <c r="G47" s="25"/>
+    </row>
+    <row r="48" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A48" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="B48" s="25"/>
+      <c r="C48" s="25"/>
+      <c r="D48" s="11"/>
+      <c r="E48" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="F48" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="G48" s="2">
+        <v>50276</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A49" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="B49" s="25"/>
+      <c r="C49" s="25"/>
+      <c r="D49" s="11"/>
+      <c r="E49" s="24" t="s">
         <v>173</v>
       </c>
-      <c r="B45" s="27"/>
-[...20 lines deleted...]
-      <c r="A47" s="8" t="s">
+      <c r="F49" s="25"/>
+      <c r="G49" s="25"/>
+    </row>
+    <row r="50" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A50" s="24" t="s">
+        <v>102</v>
+      </c>
+      <c r="B50" s="25"/>
+      <c r="C50" s="25"/>
+      <c r="D50" s="11"/>
+      <c r="E50" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F50" s="2">
+        <v>33750278</v>
+      </c>
+      <c r="G50" s="2">
+        <v>50278</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A51" s="35" t="s">
+        <v>108</v>
+      </c>
+      <c r="B51" s="35"/>
+      <c r="C51" s="35"/>
+      <c r="D51" s="11"/>
+      <c r="E51" s="24" t="s">
+        <v>240</v>
+      </c>
+      <c r="F51" s="24"/>
+      <c r="G51" s="24"/>
+    </row>
+    <row r="52" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A52" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="B52" s="25" t="s">
+        <v>101</v>
+      </c>
+      <c r="C52" s="25" t="s">
+        <v>150</v>
+      </c>
+      <c r="D52" s="11"/>
+      <c r="E52" s="9" t="s">
+        <v>385</v>
+      </c>
+      <c r="F52" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" s="19">
+        <v>50287</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A53" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="B53" s="25"/>
+      <c r="C53" s="25"/>
+      <c r="D53" s="11"/>
+      <c r="E53" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="F53" s="17"/>
+      <c r="G53" s="20"/>
+    </row>
+    <row r="54" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A54" s="2" t="s">
+        <v>358</v>
+      </c>
+      <c r="B54" s="25"/>
+      <c r="C54" s="25"/>
+      <c r="D54" s="11"/>
+      <c r="E54" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="F54" s="17"/>
+      <c r="G54" s="20"/>
+    </row>
+    <row r="55" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A55" s="24" t="s">
+        <v>103</v>
+      </c>
+      <c r="B55" s="25"/>
+      <c r="C55" s="25"/>
+      <c r="D55" s="11"/>
+      <c r="E55" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="F55" s="17"/>
+      <c r="G55" s="20"/>
+    </row>
+    <row r="56" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A56" s="35" t="s">
+        <v>134</v>
+      </c>
+      <c r="B56" s="35"/>
+      <c r="C56" s="35"/>
+      <c r="D56" s="11"/>
+      <c r="E56" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="F56" s="17"/>
+      <c r="G56" s="20"/>
+    </row>
+    <row r="57" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A57" s="2" t="s">
+        <v>359</v>
+      </c>
+      <c r="B57" s="25" t="s">
+        <v>105</v>
+      </c>
+      <c r="C57" s="25" t="s">
+        <v>151</v>
+      </c>
+      <c r="D57" s="11"/>
+      <c r="E57" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="F57" s="18"/>
+      <c r="G57" s="21"/>
+    </row>
+    <row r="58" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A58" s="2" t="s">
+        <v>360</v>
+      </c>
+      <c r="B58" s="25"/>
+      <c r="C58" s="25"/>
+      <c r="D58" s="11"/>
+      <c r="E58" s="24" t="s">
+        <v>221</v>
+      </c>
+      <c r="F58" s="24"/>
+      <c r="G58" s="24"/>
+    </row>
+    <row r="59" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A59" s="24" t="s">
+        <v>166</v>
+      </c>
+      <c r="B59" s="25"/>
+      <c r="C59" s="25"/>
+      <c r="D59" s="11"/>
+      <c r="E59" s="24" t="s">
+        <v>167</v>
+      </c>
+      <c r="F59" s="24"/>
+      <c r="G59" s="24"/>
+    </row>
+    <row r="60" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A60" s="35" t="s">
+        <v>135</v>
+      </c>
+      <c r="B60" s="35"/>
+      <c r="C60" s="35"/>
+      <c r="D60" s="11"/>
+      <c r="E60" s="27" t="s">
+        <v>386</v>
+      </c>
+      <c r="F60" s="27"/>
+      <c r="G60" s="27"/>
+    </row>
+    <row r="61" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A61" s="2" t="s">
+        <v>241</v>
+      </c>
+      <c r="B61" s="25" t="s">
+        <v>1</v>
+      </c>
+      <c r="C61" s="25" t="s">
+        <v>152</v>
+      </c>
+      <c r="D61" s="11"/>
+      <c r="E61" s="3" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A62" s="5" t="s">
+        <v>361</v>
+      </c>
+      <c r="B62" s="25"/>
+      <c r="C62" s="25"/>
+      <c r="D62" s="11"/>
+      <c r="E62" s="22" t="s">
+        <v>388</v>
+      </c>
+      <c r="F62" s="11"/>
+      <c r="G62" s="11"/>
+    </row>
+    <row r="63" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A63" s="24" t="s">
+        <v>168</v>
+      </c>
+      <c r="B63" s="25"/>
+      <c r="C63" s="25"/>
+      <c r="D63" s="11"/>
+      <c r="E63" s="36" t="s">
+        <v>93</v>
+      </c>
+      <c r="F63" s="36"/>
+      <c r="G63" s="36"/>
+    </row>
+    <row r="64" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A64" s="35" t="s">
+        <v>136</v>
+      </c>
+      <c r="B64" s="35"/>
+      <c r="C64" s="35"/>
+      <c r="D64" s="11"/>
+      <c r="E64" s="2" t="s">
+        <v>300</v>
+      </c>
+      <c r="F64" s="25" t="s">
+        <v>112</v>
+      </c>
+      <c r="G64" s="25">
+        <v>50215</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A65" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="B65" s="25" t="s">
+        <v>137</v>
+      </c>
+      <c r="C65" s="25">
+        <v>50280</v>
+      </c>
+      <c r="D65" s="11"/>
+      <c r="E65" s="2" t="s">
+        <v>299</v>
+      </c>
+      <c r="F65" s="25"/>
+      <c r="G65" s="25"/>
+    </row>
+    <row r="66" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A66" s="2" t="s">
+        <v>362</v>
+      </c>
+      <c r="B66" s="25"/>
+      <c r="C66" s="25"/>
+      <c r="D66" s="11"/>
+      <c r="E66" s="2" t="s">
+        <v>389</v>
+      </c>
+      <c r="F66" s="25"/>
+      <c r="G66" s="25"/>
+    </row>
+    <row r="67" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A67" s="24" t="s">
+        <v>169</v>
+      </c>
+      <c r="B67" s="25"/>
+      <c r="C67" s="25"/>
+      <c r="D67" s="11"/>
+      <c r="E67" s="24" t="s">
+        <v>55</v>
+      </c>
+      <c r="F67" s="25"/>
+      <c r="G67" s="25"/>
+    </row>
+    <row r="68" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A68" s="35" t="s">
+        <v>232</v>
+      </c>
+      <c r="B68" s="35"/>
+      <c r="C68" s="35"/>
+      <c r="D68" s="11"/>
+      <c r="E68" s="24" t="s">
+        <v>174</v>
+      </c>
+      <c r="F68" s="25"/>
+      <c r="G68" s="25"/>
+    </row>
+    <row r="69" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A69" s="2" t="s">
+        <v>238</v>
+      </c>
+      <c r="B69" s="25" t="s">
+        <v>242</v>
+      </c>
+      <c r="C69" s="25">
+        <v>50271</v>
+      </c>
+      <c r="D69" s="11"/>
+      <c r="E69" s="36" t="s">
+        <v>223</v>
+      </c>
+      <c r="F69" s="36"/>
+      <c r="G69" s="36"/>
+    </row>
+    <row r="70" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A70" s="2" t="s">
+        <v>237</v>
+      </c>
+      <c r="B70" s="25"/>
+      <c r="C70" s="25"/>
+      <c r="D70" s="11"/>
+      <c r="E70" s="2" t="s">
+        <v>335</v>
+      </c>
+      <c r="F70" s="51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G70" s="12">
+        <v>50278</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A71" s="7" t="s">
+        <v>360</v>
+      </c>
+      <c r="B71" s="25"/>
+      <c r="C71" s="25"/>
+      <c r="D71" s="11"/>
+      <c r="E71" s="2" t="s">
+        <v>390</v>
+      </c>
+      <c r="F71" s="53"/>
+      <c r="G71" s="39"/>
+    </row>
+    <row r="72" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A72" s="35" t="s">
+        <v>233</v>
+      </c>
+      <c r="B72" s="35"/>
+      <c r="C72" s="35"/>
+      <c r="D72" s="11"/>
+      <c r="E72" s="24" t="s">
+        <v>230</v>
+      </c>
+      <c r="F72" s="24"/>
+      <c r="G72" s="24"/>
+    </row>
+    <row r="73" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A73" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="B73" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="C73" s="2">
+        <v>50098</v>
+      </c>
+      <c r="D73" s="11"/>
+      <c r="E73" s="10"/>
+      <c r="F73" s="10"/>
+      <c r="G73" s="10"/>
+    </row>
+    <row r="74" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A74" s="24" t="s">
+        <v>170</v>
+      </c>
+      <c r="B74" s="25"/>
+      <c r="C74" s="25"/>
+      <c r="D74" s="11"/>
+      <c r="E74" s="36" t="s">
+        <v>47</v>
+      </c>
+      <c r="F74" s="36"/>
+      <c r="G74" s="36"/>
+    </row>
+    <row r="75" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A75" s="27" t="s">
+        <v>363</v>
+      </c>
+      <c r="B75" s="27"/>
+      <c r="C75" s="27"/>
+      <c r="D75" s="11"/>
+      <c r="E75" s="2" t="s">
+        <v>216</v>
+      </c>
+      <c r="F75" s="40" t="s">
+        <v>2</v>
+      </c>
+      <c r="G75" s="40">
+        <v>50113</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A76" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="B76" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="C76" s="3">
+        <v>50083</v>
+      </c>
+      <c r="D76" s="11"/>
+      <c r="E76" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="F76" s="40"/>
+      <c r="G76" s="40"/>
+    </row>
+    <row r="77" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A77" s="22" t="s">
+        <v>367</v>
+      </c>
+      <c r="B77" s="11"/>
+      <c r="C77" s="11"/>
+      <c r="D77" s="11"/>
+      <c r="E77" s="24" t="s">
+        <v>56</v>
+      </c>
+      <c r="F77" s="25"/>
+      <c r="G77" s="25"/>
+    </row>
+    <row r="78" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="23" t="s">
+        <v>365</v>
+      </c>
+      <c r="B78" s="23"/>
+      <c r="C78" s="23"/>
+      <c r="D78" s="11"/>
+      <c r="E78" s="46" t="s">
+        <v>159</v>
+      </c>
+      <c r="F78" s="46"/>
+      <c r="G78" s="46"/>
+    </row>
+    <row r="79" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A79" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="B79" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="C79" s="3">
+        <v>50097</v>
+      </c>
+      <c r="D79" s="11"/>
+      <c r="E79" s="24" t="s">
         <v>269</v>
       </c>
-      <c r="B47" s="19" t="s">
-[...17 lines deleted...]
-      <c r="A48" s="8" t="s">
+      <c r="F79" s="25"/>
+      <c r="G79" s="25"/>
+    </row>
+    <row r="80" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="28" t="s">
+        <v>95</v>
+      </c>
+      <c r="B80" s="29"/>
+      <c r="C80" s="30"/>
+      <c r="D80" s="11"/>
+      <c r="E80" s="37" t="s">
+        <v>323</v>
+      </c>
+      <c r="F80" s="37"/>
+      <c r="G80" s="37"/>
+    </row>
+    <row r="81" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="B81" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="C81" s="33">
+        <v>50274</v>
+      </c>
+      <c r="D81" s="11"/>
+      <c r="E81" s="2" t="s">
         <v>270</v>
       </c>
-      <c r="B48" s="19"/>
-[...22 lines deleted...]
-      <c r="A50" s="22" t="s">
+      <c r="F81" s="44" t="s">
+        <v>2</v>
+      </c>
+      <c r="G81" s="44">
+        <v>50113</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A82" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="B82" s="34"/>
+      <c r="C82" s="34"/>
+      <c r="D82" s="11"/>
+      <c r="E82" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="F82" s="45"/>
+      <c r="G82" s="45"/>
+    </row>
+    <row r="83" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A83" s="13" t="s">
+        <v>206</v>
+      </c>
+      <c r="B83" s="14"/>
+      <c r="C83" s="15"/>
+      <c r="D83" s="11"/>
+      <c r="E83" s="46" t="s">
+        <v>276</v>
+      </c>
+      <c r="F83" s="46"/>
+      <c r="G83" s="46"/>
+    </row>
+    <row r="84" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A84" s="24" t="s">
+        <v>162</v>
+      </c>
+      <c r="B84" s="25"/>
+      <c r="C84" s="25"/>
+      <c r="D84" s="11"/>
+      <c r="E84" s="37" t="s">
+        <v>271</v>
+      </c>
+      <c r="F84" s="37"/>
+      <c r="G84" s="37"/>
+    </row>
+    <row r="85" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="23" t="s">
+        <v>368</v>
+      </c>
+      <c r="B85" s="23"/>
+      <c r="C85" s="23"/>
+      <c r="D85" s="11"/>
+      <c r="E85" s="2" t="s">
+        <v>272</v>
+      </c>
+      <c r="F85" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="G85" s="2">
+        <v>50057</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A86" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="B86" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C86" s="3">
+        <v>50274</v>
+      </c>
+      <c r="D86" s="11"/>
+      <c r="E86" s="24" t="s">
+        <v>273</v>
+      </c>
+      <c r="F86" s="24"/>
+      <c r="G86" s="24"/>
+    </row>
+    <row r="87" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A87" s="22" t="s">
+        <v>374</v>
+      </c>
+      <c r="B87" s="11"/>
+      <c r="C87" s="11"/>
+      <c r="D87" s="11"/>
+      <c r="E87" s="37" t="s">
+        <v>202</v>
+      </c>
+      <c r="F87" s="37"/>
+      <c r="G87" s="37"/>
+    </row>
+    <row r="88" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A88" s="23" t="s">
         <v>109</v>
       </c>
-      <c r="B50" s="19"/>
-[...26 lines deleted...]
-      <c r="B52" s="19" t="s">
+      <c r="B88" s="23"/>
+      <c r="C88" s="23"/>
+      <c r="D88" s="11"/>
+      <c r="E88" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="F88" s="40" t="s">
+        <v>146</v>
+      </c>
+      <c r="G88" s="40">
+        <v>50057</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A89" s="11" t="s">
+        <v>370</v>
+      </c>
+      <c r="B89" s="11"/>
+      <c r="C89" s="11"/>
+      <c r="D89" s="11"/>
+      <c r="E89" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="F89" s="40"/>
+      <c r="G89" s="40"/>
+    </row>
+    <row r="90" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A90" s="23" t="s">
         <v>108</v>
       </c>
-      <c r="C52" s="19" t="s">
-[...568 lines deleted...]
-      <c r="G90" s="19"/>
+      <c r="B90" s="23"/>
+      <c r="C90" s="23"/>
+      <c r="D90" s="11"/>
+      <c r="E90" s="24" t="s">
+        <v>203</v>
+      </c>
+      <c r="F90" s="25"/>
+      <c r="G90" s="25"/>
     </row>
     <row r="91" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A91" s="19" t="s">
-[...9 lines deleted...]
-      <c r="G91" s="26"/>
+      <c r="A91" s="55" t="s">
+        <v>371</v>
+      </c>
+      <c r="B91" s="55"/>
+      <c r="C91" s="55"/>
+      <c r="D91" s="11"/>
+      <c r="E91" s="37" t="s">
+        <v>324</v>
+      </c>
+      <c r="F91" s="37"/>
+      <c r="G91" s="37"/>
     </row>
     <row r="92" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A92" s="23" t="s">
-        <v>145</v>
+        <v>134</v>
       </c>
       <c r="B92" s="23"/>
       <c r="C92" s="23"/>
-      <c r="D92" s="21"/>
-[...4 lines deleted...]
-      <c r="G92" s="22"/>
+      <c r="D92" s="11"/>
+      <c r="E92" s="2" t="s">
+        <v>325</v>
+      </c>
+      <c r="F92" s="25" t="s">
+        <v>146</v>
+      </c>
+      <c r="G92" s="25">
+        <v>50057</v>
+      </c>
     </row>
     <row r="93" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A93" s="19" t="s">
-[...9 lines deleted...]
-      <c r="G93" s="19"/>
+      <c r="A93" s="11" t="s">
+        <v>372</v>
+      </c>
+      <c r="B93" s="11"/>
+      <c r="C93" s="11"/>
+      <c r="D93" s="11"/>
+      <c r="E93" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="F93" s="25"/>
+      <c r="G93" s="25"/>
     </row>
     <row r="94" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A94" s="20"/>
-[...5 lines deleted...]
-      <c r="G94" s="29"/>
+      <c r="A94" s="23" t="s">
+        <v>135</v>
+      </c>
+      <c r="B94" s="23"/>
+      <c r="C94" s="23"/>
+      <c r="D94" s="11"/>
+      <c r="E94" s="37" t="s">
+        <v>326</v>
+      </c>
+      <c r="F94" s="37"/>
+      <c r="G94" s="37"/>
     </row>
     <row r="95" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A95" s="24" t="s">
-[...7 lines deleted...]
-      <c r="G95" s="20"/>
+      <c r="A95" s="55" t="s">
+        <v>373</v>
+      </c>
+      <c r="B95" s="55"/>
+      <c r="C95" s="55"/>
+      <c r="D95" s="11"/>
+      <c r="E95" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="F95" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="G95" s="2">
+        <v>50091</v>
+      </c>
     </row>
     <row r="96" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A96" s="8" t="s">
-[...13 lines deleted...]
-    <row r="97" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A96" s="23" t="s">
+        <v>136</v>
+      </c>
+      <c r="B96" s="23"/>
+      <c r="C96" s="23"/>
+      <c r="D96" s="11"/>
+      <c r="E96" s="24" t="s">
+        <v>204</v>
+      </c>
+      <c r="F96" s="24"/>
+      <c r="G96" s="24"/>
+    </row>
+    <row r="97" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A97" s="11" t="s">
-        <v>150</v>
-[...122 lines deleted...]
-      <c r="C107" s="19">
+        <v>70</v>
+      </c>
+      <c r="B97" s="11"/>
+      <c r="C97" s="11"/>
+      <c r="D97" s="11"/>
+      <c r="E97" s="37" t="s">
+        <v>331</v>
+      </c>
+      <c r="F97" s="37"/>
+      <c r="G97" s="37"/>
+    </row>
+    <row r="98" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A98" s="11"/>
+      <c r="B98" s="11"/>
+      <c r="C98" s="11"/>
+      <c r="D98" s="11"/>
+      <c r="E98" s="2" t="s">
+        <v>327</v>
+      </c>
+      <c r="F98" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="G98" s="2">
+        <v>50091</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A99" s="11"/>
+      <c r="B99" s="11"/>
+      <c r="C99" s="11"/>
+      <c r="D99" s="11"/>
+      <c r="E99" s="24" t="s">
+        <v>275</v>
+      </c>
+      <c r="F99" s="24"/>
+      <c r="G99" s="24"/>
+    </row>
+    <row r="100" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A100" s="11"/>
+      <c r="B100" s="11"/>
+      <c r="C100" s="11"/>
+      <c r="D100" s="11"/>
+      <c r="E100" s="37" t="s">
+        <v>82</v>
+      </c>
+      <c r="F100" s="37"/>
+      <c r="G100" s="37"/>
+    </row>
+    <row r="101" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A101" s="11"/>
+      <c r="B101" s="11"/>
+      <c r="C101" s="11"/>
+      <c r="D101" s="11"/>
+      <c r="E101" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="F101" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="G101" s="12">
+        <v>50091</v>
+      </c>
+    </row>
+    <row r="102" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A102" s="11"/>
+      <c r="B102" s="11"/>
+      <c r="C102" s="11"/>
+      <c r="D102" s="11"/>
+      <c r="E102" s="2" t="s">
+        <v>329</v>
+      </c>
+      <c r="F102" s="39"/>
+      <c r="G102" s="39"/>
+    </row>
+    <row r="103" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A103" s="11"/>
+      <c r="B103" s="11"/>
+      <c r="C103" s="11"/>
+      <c r="D103" s="11"/>
+      <c r="E103" s="24" t="s">
+        <v>205</v>
+      </c>
+      <c r="F103" s="24"/>
+      <c r="G103" s="24"/>
+    </row>
+    <row r="104" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A104" s="11"/>
+      <c r="B104" s="11"/>
+      <c r="C104" s="11"/>
+      <c r="D104" s="11"/>
+      <c r="E104" s="11"/>
+      <c r="F104" s="11"/>
+      <c r="G104" s="11"/>
+    </row>
+    <row r="105" spans="1:7" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A105" s="50" t="s">
+        <v>96</v>
+      </c>
+      <c r="B105" s="50"/>
+      <c r="C105" s="50"/>
+      <c r="D105" s="50"/>
+      <c r="E105" s="50"/>
+      <c r="F105" s="50"/>
+      <c r="G105" s="50"/>
+    </row>
+    <row r="106" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A106" s="11"/>
+      <c r="B106" s="11"/>
+      <c r="C106" s="11"/>
+      <c r="D106" s="11"/>
+      <c r="E106" s="11"/>
+      <c r="F106" s="11"/>
+      <c r="G106" s="11"/>
+    </row>
+    <row r="107" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A107" s="36" t="s">
+        <v>66</v>
+      </c>
+      <c r="B107" s="36"/>
+      <c r="C107" s="36"/>
+      <c r="D107" s="11"/>
+      <c r="E107" s="36" t="s">
+        <v>97</v>
+      </c>
+      <c r="F107" s="36"/>
+      <c r="G107" s="36"/>
+    </row>
+    <row r="108" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A108" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="B108" s="25" t="s">
+        <v>44</v>
+      </c>
+      <c r="C108" s="25">
         <v>50168</v>
       </c>
-      <c r="D107" s="21"/>
-[...6 lines deleted...]
-      <c r="G107" s="19">
+      <c r="D108" s="11"/>
+      <c r="E108" s="2" t="s">
+        <v>397</v>
+      </c>
+      <c r="F108" s="25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G108" s="25">
         <v>50218</v>
       </c>
-      <c r="J107" s="3"/>
-[...34 lines deleted...]
-      <c r="C110" s="8">
+    </row>
+    <row r="109" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A109" s="2" t="s">
+        <v>316</v>
+      </c>
+      <c r="B109" s="25"/>
+      <c r="C109" s="25"/>
+      <c r="D109" s="11"/>
+      <c r="E109" s="2" t="s">
+        <v>226</v>
+      </c>
+      <c r="F109" s="25"/>
+      <c r="G109" s="25"/>
+    </row>
+    <row r="110" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A110" s="24" t="s">
+        <v>180</v>
+      </c>
+      <c r="B110" s="25"/>
+      <c r="C110" s="25"/>
+      <c r="D110" s="11"/>
+      <c r="E110" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="F110" s="25"/>
+      <c r="G110" s="25"/>
+    </row>
+    <row r="111" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A111" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="B111" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="C111" s="2">
         <v>50093</v>
       </c>
-      <c r="D110" s="21"/>
-[...6 lines deleted...]
-      <c r="G110" s="19">
+      <c r="D111" s="11"/>
+      <c r="E111" s="2" t="s">
+        <v>303</v>
+      </c>
+      <c r="F111" s="25" t="s">
+        <v>90</v>
+      </c>
+      <c r="G111" s="25">
         <v>50027</v>
       </c>
     </row>
-    <row r="111" spans="1:16" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="E111" s="8" t="s">
+    <row r="112" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A112" s="24" t="s">
+        <v>213</v>
+      </c>
+      <c r="B112" s="25"/>
+      <c r="C112" s="25"/>
+      <c r="D112" s="11"/>
+      <c r="E112" s="2" t="s">
+        <v>227</v>
+      </c>
+      <c r="F112" s="25"/>
+      <c r="G112" s="25"/>
+    </row>
+    <row r="113" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A113" s="37" t="s">
+        <v>91</v>
+      </c>
+      <c r="B113" s="37"/>
+      <c r="C113" s="37"/>
+      <c r="D113" s="11"/>
+      <c r="E113" s="2" t="s">
+        <v>304</v>
+      </c>
+      <c r="F113" s="25"/>
+      <c r="G113" s="25"/>
+    </row>
+    <row r="114" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A114" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="B114" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="C114" s="2">
+        <v>50290</v>
+      </c>
+      <c r="D114" s="11"/>
+      <c r="E114" s="24" t="s">
+        <v>199</v>
+      </c>
+      <c r="F114" s="25"/>
+      <c r="G114" s="25"/>
+    </row>
+    <row r="115" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A115" s="24" t="s">
+        <v>181</v>
+      </c>
+      <c r="B115" s="25"/>
+      <c r="C115" s="25"/>
+      <c r="D115" s="11"/>
+      <c r="E115" s="11"/>
+      <c r="F115" s="11"/>
+      <c r="G115" s="11"/>
+    </row>
+    <row r="116" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A116" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="B116" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="C116" s="2">
+        <v>53131</v>
+      </c>
+      <c r="D116" s="11"/>
+      <c r="E116" s="36" t="s">
+        <v>398</v>
+      </c>
+      <c r="F116" s="36"/>
+      <c r="G116" s="36"/>
+    </row>
+    <row r="117" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A117" s="24" t="s">
+        <v>182</v>
+      </c>
+      <c r="B117" s="25"/>
+      <c r="C117" s="25"/>
+      <c r="D117" s="11"/>
+      <c r="E117" s="2" t="s">
+        <v>399</v>
+      </c>
+      <c r="F117" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G117" s="2">
+        <v>50211</v>
+      </c>
+    </row>
+    <row r="118" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A118" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="B118" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C118" s="2">
+        <v>50235</v>
+      </c>
+      <c r="D118" s="11"/>
+      <c r="E118" s="26" t="s">
+        <v>400</v>
+      </c>
+      <c r="F118" s="26"/>
+      <c r="G118" s="26"/>
+    </row>
+    <row r="119" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A119" s="24" t="s">
+        <v>183</v>
+      </c>
+      <c r="B119" s="25"/>
+      <c r="C119" s="25"/>
+      <c r="D119" s="11"/>
+      <c r="E119" s="37" t="s">
         <v>247</v>
       </c>
-      <c r="F111" s="19"/>
-[...107 lines deleted...]
-      <c r="G118" s="8">
+      <c r="F119" s="37"/>
+      <c r="G119" s="37"/>
+    </row>
+    <row r="120" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A120" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="B120" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C120" s="2">
+        <v>50102</v>
+      </c>
+      <c r="D120" s="11"/>
+      <c r="E120" s="2" t="s">
+        <v>248</v>
+      </c>
+      <c r="F120" s="2" t="s">
+        <v>251</v>
+      </c>
+      <c r="G120" s="2">
         <v>50146</v>
       </c>
     </row>
-    <row r="119" spans="1:7" x14ac:dyDescent="0.25">
-[...28 lines deleted...]
-    </row>
     <row r="121" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A121" s="22" t="s">
-[...6 lines deleted...]
-        <v>293</v>
+      <c r="A121" s="24" t="s">
+        <v>145</v>
+      </c>
+      <c r="B121" s="25"/>
+      <c r="C121" s="25"/>
+      <c r="D121" s="11"/>
+      <c r="E121" s="24" t="s">
+        <v>401</v>
       </c>
       <c r="F121" s="25"/>
       <c r="G121" s="25"/>
     </row>
     <row r="122" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A122" s="8" t="s">
-[...5 lines deleted...]
-      <c r="C122" s="8">
+      <c r="A122" s="24" t="s">
+        <v>143</v>
+      </c>
+      <c r="B122" s="25"/>
+      <c r="C122" s="25"/>
+      <c r="D122" s="11"/>
+      <c r="E122" s="37" t="s">
+        <v>249</v>
+      </c>
+      <c r="F122" s="37"/>
+      <c r="G122" s="37"/>
+    </row>
+    <row r="123" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A123" s="2" t="s">
+        <v>340</v>
+      </c>
+      <c r="B123" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="C123" s="2">
         <v>50236</v>
       </c>
-      <c r="D122" s="21"/>
-[...6 lines deleted...]
-      <c r="G122" s="8">
+      <c r="D123" s="11"/>
+      <c r="E123" s="2" t="s">
+        <v>403</v>
+      </c>
+      <c r="F123" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="G123" s="2">
         <v>50052</v>
       </c>
     </row>
-    <row r="123" spans="1:7" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-    </row>
     <row r="124" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A124" s="8" t="s">
-[...10 lines deleted...]
-        <v>288</v>
+      <c r="A124" s="24" t="s">
+        <v>184</v>
+      </c>
+      <c r="B124" s="25"/>
+      <c r="C124" s="25"/>
+      <c r="D124" s="11"/>
+      <c r="E124" s="24" t="s">
+        <v>402</v>
       </c>
       <c r="F124" s="25"/>
       <c r="G124" s="25"/>
     </row>
     <row r="125" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A125" s="22" t="s">
+      <c r="A125" s="2" t="s">
+        <v>341</v>
+      </c>
+      <c r="B125" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C125" s="2">
+        <v>50237</v>
+      </c>
+      <c r="D125" s="11"/>
+      <c r="E125" s="37" t="s">
+        <v>245</v>
+      </c>
+      <c r="F125" s="37"/>
+      <c r="G125" s="37"/>
+    </row>
+    <row r="126" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A126" s="24" t="s">
+        <v>185</v>
+      </c>
+      <c r="B126" s="25"/>
+      <c r="C126" s="25"/>
+      <c r="D126" s="11"/>
+      <c r="E126" s="2" t="s">
+        <v>283</v>
+      </c>
+      <c r="F126" s="2" t="s">
+        <v>284</v>
+      </c>
+      <c r="G126" s="2">
+        <v>50242</v>
+      </c>
+    </row>
+    <row r="127" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A127" s="2" t="s">
+        <v>342</v>
+      </c>
+      <c r="B127" s="58" t="s">
+        <v>343</v>
+      </c>
+      <c r="C127" s="59"/>
+      <c r="D127" s="11"/>
+      <c r="E127" s="24" t="s">
+        <v>250</v>
+      </c>
+      <c r="F127" s="25"/>
+      <c r="G127" s="25"/>
+    </row>
+    <row r="128" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A128" s="24" t="s">
+        <v>295</v>
+      </c>
+      <c r="B128" s="25"/>
+      <c r="C128" s="25"/>
+      <c r="D128" s="11"/>
+      <c r="E128" s="37" t="s">
+        <v>246</v>
+      </c>
+      <c r="F128" s="37"/>
+      <c r="G128" s="37"/>
+    </row>
+    <row r="129" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A129" s="13"/>
+      <c r="B129" s="14"/>
+      <c r="C129" s="15"/>
+      <c r="D129" s="11"/>
+      <c r="E129" s="2" t="s">
+        <v>399</v>
+      </c>
+      <c r="F129" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G129" s="2">
+        <v>50211</v>
+      </c>
+    </row>
+    <row r="130" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="36" t="s">
+        <v>310</v>
+      </c>
+      <c r="B130" s="36"/>
+      <c r="C130" s="36"/>
+      <c r="D130" s="11"/>
+      <c r="E130" s="24" t="s">
+        <v>187</v>
+      </c>
+      <c r="F130" s="25"/>
+      <c r="G130" s="25"/>
+    </row>
+    <row r="131" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A131" s="2" t="s">
+        <v>344</v>
+      </c>
+      <c r="B131" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="C131" s="33">
+        <v>50105</v>
+      </c>
+      <c r="D131" s="11"/>
+      <c r="E131" s="37" t="s">
+        <v>243</v>
+      </c>
+      <c r="F131" s="37"/>
+      <c r="G131" s="37"/>
+    </row>
+    <row r="132" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A132" s="2" t="s">
+        <v>345</v>
+      </c>
+      <c r="B132" s="38"/>
+      <c r="C132" s="38"/>
+      <c r="D132" s="11"/>
+      <c r="E132" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="F132" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="G132" s="2">
+        <v>50683</v>
+      </c>
+    </row>
+    <row r="133" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A133" s="2" t="s">
+        <v>346</v>
+      </c>
+      <c r="B133" s="34"/>
+      <c r="C133" s="34"/>
+      <c r="D133" s="11"/>
+      <c r="E133" s="24" t="s">
+        <v>179</v>
+      </c>
+      <c r="F133" s="25"/>
+      <c r="G133" s="25"/>
+    </row>
+    <row r="134" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A134" s="24" t="s">
+        <v>208</v>
+      </c>
+      <c r="B134" s="24"/>
+      <c r="C134" s="24"/>
+      <c r="D134" s="11"/>
+      <c r="E134" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="F134" s="25"/>
+      <c r="G134" s="25"/>
+    </row>
+    <row r="135" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A135" s="13"/>
+      <c r="B135" s="14"/>
+      <c r="C135" s="15"/>
+      <c r="D135" s="11"/>
+      <c r="E135" s="14"/>
+      <c r="F135" s="14"/>
+      <c r="G135" s="14"/>
+    </row>
+    <row r="136" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A136" s="36" t="s">
+        <v>60</v>
+      </c>
+      <c r="B136" s="36"/>
+      <c r="C136" s="36"/>
+      <c r="D136" s="11"/>
+      <c r="E136" s="36" t="s">
+        <v>68</v>
+      </c>
+      <c r="F136" s="36"/>
+      <c r="G136" s="36"/>
+    </row>
+    <row r="137" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A137" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="B137" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C137" s="2">
+        <v>50082</v>
+      </c>
+      <c r="D137" s="11"/>
+      <c r="E137" s="25" t="s">
+        <v>140</v>
+      </c>
+      <c r="F137" s="25"/>
+      <c r="G137" s="25"/>
+    </row>
+    <row r="138" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A138" s="25" t="s">
+        <v>120</v>
+      </c>
+      <c r="B138" s="25"/>
+      <c r="C138" s="25"/>
+      <c r="D138" s="11"/>
+      <c r="E138" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="F138" s="40" t="s">
+        <v>200</v>
+      </c>
+      <c r="G138" s="25">
+        <v>50144</v>
+      </c>
+    </row>
+    <row r="139" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A139" s="36" t="s">
+        <v>37</v>
+      </c>
+      <c r="B139" s="36"/>
+      <c r="C139" s="36"/>
+      <c r="D139" s="11"/>
+      <c r="E139" s="2" t="s">
+        <v>392</v>
+      </c>
+      <c r="F139" s="40"/>
+      <c r="G139" s="25"/>
+    </row>
+    <row r="140" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A140" s="57" t="s">
+        <v>404</v>
+      </c>
+      <c r="B140" s="25" t="s">
+        <v>405</v>
+      </c>
+      <c r="C140" s="25"/>
+      <c r="D140" s="11"/>
+      <c r="E140" s="2" t="s">
+        <v>393</v>
+      </c>
+      <c r="F140" s="40"/>
+      <c r="G140" s="25"/>
+    </row>
+    <row r="141" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A141" s="57"/>
+      <c r="B141" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="C141" s="2">
+        <v>50017</v>
+      </c>
+      <c r="D141" s="11"/>
+      <c r="E141" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="F141" s="40"/>
+      <c r="G141" s="25"/>
+    </row>
+    <row r="142" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A142" s="24" t="s">
+        <v>186</v>
+      </c>
+      <c r="B142" s="25"/>
+      <c r="C142" s="25"/>
+      <c r="D142" s="11"/>
+      <c r="E142" s="2" t="s">
+        <v>311</v>
+      </c>
+      <c r="F142" s="40"/>
+      <c r="G142" s="25"/>
+    </row>
+    <row r="143" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A143" s="25" t="s">
+        <v>121</v>
+      </c>
+      <c r="B143" s="25"/>
+      <c r="C143" s="25"/>
+      <c r="D143" s="11"/>
+      <c r="E143" s="24" t="s">
+        <v>188</v>
+      </c>
+      <c r="F143" s="25"/>
+      <c r="G143" s="25"/>
+    </row>
+    <row r="144" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A144" s="36" t="s">
+        <v>116</v>
+      </c>
+      <c r="B144" s="36"/>
+      <c r="C144" s="36"/>
+      <c r="D144" s="11"/>
+      <c r="E144" s="12"/>
+      <c r="F144" s="12"/>
+      <c r="G144" s="12"/>
+    </row>
+    <row r="145" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A145" s="2" t="s">
+        <v>278</v>
+      </c>
+      <c r="B145" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="C145" s="2">
+        <v>50188</v>
+      </c>
+      <c r="D145" s="11"/>
+      <c r="E145" s="23" t="s">
+        <v>394</v>
+      </c>
+      <c r="F145" s="23"/>
+      <c r="G145" s="23"/>
+    </row>
+    <row r="146" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A146" s="24" t="s">
+        <v>218</v>
+      </c>
+      <c r="B146" s="25"/>
+      <c r="C146" s="25"/>
+      <c r="D146" s="11"/>
+      <c r="E146" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="F146" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="G146" s="3">
+        <v>50033</v>
+      </c>
+    </row>
+    <row r="147" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A147" s="25" t="s">
+        <v>120</v>
+      </c>
+      <c r="B147" s="25"/>
+      <c r="C147" s="25"/>
+      <c r="D147" s="11"/>
+      <c r="E147" s="24" t="s">
+        <v>282</v>
+      </c>
+      <c r="F147" s="25"/>
+      <c r="G147" s="25"/>
+    </row>
+    <row r="148" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A148" s="36" t="s">
+        <v>154</v>
+      </c>
+      <c r="B148" s="36"/>
+      <c r="C148" s="36"/>
+      <c r="D148" s="11"/>
+      <c r="E148" s="37" t="s">
+        <v>58</v>
+      </c>
+      <c r="F148" s="37"/>
+      <c r="G148" s="37"/>
+    </row>
+    <row r="149" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A149" s="2" t="s">
+        <v>219</v>
+      </c>
+      <c r="B149" s="25" t="s">
+        <v>36</v>
+      </c>
+      <c r="C149" s="25">
+        <v>50082</v>
+      </c>
+      <c r="D149" s="11"/>
+      <c r="E149" s="2" t="s">
+        <v>252</v>
+      </c>
+      <c r="F149" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="G149" s="2">
+        <v>50011</v>
+      </c>
+    </row>
+    <row r="150" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A150" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="B150" s="25"/>
+      <c r="C150" s="25"/>
+      <c r="D150" s="11"/>
+      <c r="E150" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="F150" s="25" t="s">
+        <v>59</v>
+      </c>
+      <c r="G150" s="56">
+        <v>50220</v>
+      </c>
+    </row>
+    <row r="151" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A151" s="2" t="s">
+        <v>285</v>
+      </c>
+      <c r="B151" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="C151" s="2">
+        <v>50188</v>
+      </c>
+      <c r="D151" s="11"/>
+      <c r="E151" s="2" t="s">
+        <v>395</v>
+      </c>
+      <c r="F151" s="25"/>
+      <c r="G151" s="56"/>
+    </row>
+    <row r="152" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A152" s="2" t="s">
+        <v>286</v>
+      </c>
+      <c r="B152" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="C152" s="2">
+        <v>50017</v>
+      </c>
+      <c r="D152" s="11"/>
+      <c r="E152" s="2" t="s">
+        <v>318</v>
+      </c>
+      <c r="F152" s="33" t="s">
+        <v>67</v>
+      </c>
+      <c r="G152" s="33">
+        <v>50282</v>
+      </c>
+    </row>
+    <row r="153" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A153" s="2" t="s">
+        <v>287</v>
+      </c>
+      <c r="B153" s="2"/>
+      <c r="C153" s="2"/>
+      <c r="D153" s="11"/>
+      <c r="E153" s="2" t="s">
+        <v>319</v>
+      </c>
+      <c r="F153" s="38"/>
+      <c r="G153" s="38"/>
+    </row>
+    <row r="154" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A154" s="12"/>
+      <c r="B154" s="12"/>
+      <c r="C154" s="12"/>
+      <c r="D154" s="11"/>
+      <c r="E154" s="2" t="s">
+        <v>320</v>
+      </c>
+      <c r="F154" s="38"/>
+      <c r="G154" s="38"/>
+    </row>
+    <row r="155" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A155" s="11"/>
+      <c r="B155" s="11"/>
+      <c r="C155" s="11"/>
+      <c r="D155" s="11"/>
+      <c r="E155" s="6" t="s">
+        <v>321</v>
+      </c>
+      <c r="F155" s="38"/>
+      <c r="G155" s="38"/>
+    </row>
+    <row r="156" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A156" s="11"/>
+      <c r="B156" s="11"/>
+      <c r="C156" s="11"/>
+      <c r="D156" s="11"/>
+      <c r="E156" s="6" t="s">
+        <v>396</v>
+      </c>
+      <c r="F156" s="34"/>
+      <c r="G156" s="34"/>
+    </row>
+    <row r="157" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A157" s="11"/>
+      <c r="B157" s="11"/>
+      <c r="C157" s="11"/>
+      <c r="D157" s="11"/>
+      <c r="E157" s="24" t="s">
+        <v>177</v>
+      </c>
+      <c r="F157" s="25"/>
+      <c r="G157" s="25"/>
+    </row>
+    <row r="158" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A158" s="11"/>
+      <c r="B158" s="11"/>
+      <c r="C158" s="11"/>
+      <c r="D158" s="11"/>
+      <c r="E158" s="11"/>
+      <c r="F158" s="11"/>
+      <c r="G158" s="11"/>
+    </row>
+    <row r="159" spans="1:7" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A159" s="50" t="s">
+        <v>98</v>
+      </c>
+      <c r="B159" s="50"/>
+      <c r="C159" s="50"/>
+      <c r="D159" s="50"/>
+      <c r="E159" s="50"/>
+      <c r="F159" s="50"/>
+      <c r="G159" s="50"/>
+    </row>
+    <row r="160" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A160" s="11"/>
+      <c r="B160" s="11"/>
+      <c r="C160" s="11"/>
+      <c r="D160" s="11"/>
+      <c r="E160" s="11"/>
+      <c r="F160" s="11"/>
+      <c r="G160" s="11"/>
+    </row>
+    <row r="161" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A161" s="36" t="s">
+        <v>98</v>
+      </c>
+      <c r="B161" s="36"/>
+      <c r="C161" s="36"/>
+      <c r="D161" s="11"/>
+      <c r="E161" s="36" t="s">
+        <v>156</v>
+      </c>
+      <c r="F161" s="36"/>
+      <c r="G161" s="36"/>
+    </row>
+    <row r="162" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A162" s="2" t="s">
+        <v>254</v>
+      </c>
+      <c r="B162" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="C162" s="2">
+        <v>50289</v>
+      </c>
+      <c r="D162" s="11"/>
+      <c r="E162" s="2" t="s">
+        <v>322</v>
+      </c>
+      <c r="F162" s="25" t="s">
+        <v>39</v>
+      </c>
+      <c r="G162" s="25">
+        <v>50275</v>
+      </c>
+    </row>
+    <row r="163" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A163" s="24" t="s">
+        <v>256</v>
+      </c>
+      <c r="B163" s="25"/>
+      <c r="C163" s="25"/>
+      <c r="D163" s="11"/>
+      <c r="E163" s="2" t="s">
+        <v>410</v>
+      </c>
+      <c r="F163" s="25"/>
+      <c r="G163" s="25"/>
+    </row>
+    <row r="164" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A164" s="11"/>
+      <c r="B164" s="11"/>
+      <c r="C164" s="11"/>
+      <c r="D164" s="11"/>
+      <c r="E164" s="2" t="s">
+        <v>411</v>
+      </c>
+      <c r="F164" s="25"/>
+      <c r="G164" s="25"/>
+    </row>
+    <row r="165" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A165" s="36" t="s">
+        <v>99</v>
+      </c>
+      <c r="B165" s="36"/>
+      <c r="C165" s="36"/>
+      <c r="D165" s="11"/>
+      <c r="E165" s="2" t="s">
+        <v>412</v>
+      </c>
+      <c r="F165" s="25"/>
+      <c r="G165" s="25"/>
+    </row>
+    <row r="166" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A166" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="B166" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="C166" s="2">
+        <v>50289</v>
+      </c>
+      <c r="D166" s="11"/>
+      <c r="E166" s="2" t="s">
+        <v>413</v>
+      </c>
+      <c r="F166" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="G166" s="25">
+        <v>50270</v>
+      </c>
+    </row>
+    <row r="167" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A167" s="24" t="s">
+        <v>258</v>
+      </c>
+      <c r="B167" s="25"/>
+      <c r="C167" s="25"/>
+      <c r="D167" s="11"/>
+      <c r="E167" s="2" t="s">
+        <v>414</v>
+      </c>
+      <c r="F167" s="25"/>
+      <c r="G167" s="25"/>
+    </row>
+    <row r="168" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A168" s="37" t="s">
+        <v>259</v>
+      </c>
+      <c r="B168" s="37"/>
+      <c r="C168" s="37"/>
+      <c r="D168" s="11"/>
+      <c r="E168" s="2" t="s">
+        <v>415</v>
+      </c>
+      <c r="F168" s="25"/>
+      <c r="G168" s="25"/>
+    </row>
+    <row r="169" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A169" s="2" t="s">
+        <v>406</v>
+      </c>
+      <c r="B169" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="C169" s="25">
+        <v>50110</v>
+      </c>
+      <c r="D169" s="11"/>
+      <c r="E169" s="24" t="s">
+        <v>196</v>
+      </c>
+      <c r="F169" s="25"/>
+      <c r="G169" s="25"/>
+    </row>
+    <row r="170" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A170" s="2" t="s">
+        <v>407</v>
+      </c>
+      <c r="B170" s="25"/>
+      <c r="C170" s="25"/>
+      <c r="D170" s="11"/>
+      <c r="E170" s="11"/>
+      <c r="F170" s="11"/>
+      <c r="G170" s="11"/>
+    </row>
+    <row r="171" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A171" s="2" t="s">
+        <v>215</v>
+      </c>
+      <c r="B171" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C171" s="2">
+        <v>50090</v>
+      </c>
+      <c r="D171" s="11"/>
+      <c r="E171" s="36" t="s">
+        <v>28</v>
+      </c>
+      <c r="F171" s="36"/>
+      <c r="G171" s="36"/>
+    </row>
+    <row r="172" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A172" s="24" t="s">
+        <v>191</v>
+      </c>
+      <c r="B172" s="25"/>
+      <c r="C172" s="25"/>
+      <c r="D172" s="11"/>
+      <c r="E172" s="2" t="s">
+        <v>255</v>
+      </c>
+      <c r="F172" s="25" t="s">
+        <v>34</v>
+      </c>
+      <c r="G172" s="25">
+        <v>50228</v>
+      </c>
+    </row>
+    <row r="173" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A173" s="24" t="s">
+        <v>192</v>
+      </c>
+      <c r="B173" s="25"/>
+      <c r="C173" s="25"/>
+      <c r="D173" s="11"/>
+      <c r="E173" s="2" t="s">
+        <v>312</v>
+      </c>
+      <c r="F173" s="25"/>
+      <c r="G173" s="25"/>
+    </row>
+    <row r="174" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A174" s="24" t="s">
+        <v>193</v>
+      </c>
+      <c r="B174" s="25"/>
+      <c r="C174" s="25"/>
+      <c r="D174" s="11"/>
+      <c r="E174" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="F174" s="25"/>
+      <c r="G174" s="25"/>
+    </row>
+    <row r="175" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A175" s="35" t="s">
+        <v>46</v>
+      </c>
+      <c r="B175" s="35"/>
+      <c r="C175" s="35"/>
+      <c r="D175" s="11"/>
+      <c r="E175" s="2" t="s">
+        <v>288</v>
+      </c>
+      <c r="F175" s="25"/>
+      <c r="G175" s="25"/>
+    </row>
+    <row r="176" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A176" s="2" t="s">
+        <v>264</v>
+      </c>
+      <c r="B176" s="25" t="s">
+        <v>45</v>
+      </c>
+      <c r="C176" s="25">
+        <v>50272</v>
+      </c>
+      <c r="D176" s="11"/>
+      <c r="E176" s="2" t="s">
+        <v>210</v>
+      </c>
+      <c r="F176" s="25"/>
+      <c r="G176" s="25"/>
+    </row>
+    <row r="177" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A177" s="2" t="s">
+        <v>225</v>
+      </c>
+      <c r="B177" s="25"/>
+      <c r="C177" s="25"/>
+      <c r="D177" s="11"/>
+      <c r="E177" s="2" t="s">
+        <v>314</v>
+      </c>
+      <c r="F177" s="25" t="s">
+        <v>30</v>
+      </c>
+      <c r="G177" s="25">
+        <v>50489</v>
+      </c>
+    </row>
+    <row r="178" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A178" s="2" t="s">
+        <v>263</v>
+      </c>
+      <c r="B178" s="25"/>
+      <c r="C178" s="25"/>
+      <c r="D178" s="11"/>
+      <c r="E178" s="2" t="s">
+        <v>313</v>
+      </c>
+      <c r="F178" s="25"/>
+      <c r="G178" s="25"/>
+    </row>
+    <row r="179" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A179" s="24" t="s">
+        <v>265</v>
+      </c>
+      <c r="B179" s="25"/>
+      <c r="C179" s="25"/>
+      <c r="D179" s="11"/>
+      <c r="E179" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="F179" s="25"/>
+      <c r="G179" s="25"/>
+    </row>
+    <row r="180" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A180" s="24" t="s">
+        <v>266</v>
+      </c>
+      <c r="B180" s="25"/>
+      <c r="C180" s="25"/>
+      <c r="D180" s="11"/>
+      <c r="E180" s="2" t="s">
+        <v>315</v>
+      </c>
+      <c r="F180" s="25" t="s">
+        <v>35</v>
+      </c>
+      <c r="G180" s="25">
+        <v>50212</v>
+      </c>
+    </row>
+    <row r="181" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A181" s="37" t="s">
+        <v>260</v>
+      </c>
+      <c r="B181" s="37"/>
+      <c r="C181" s="37"/>
+      <c r="D181" s="11"/>
+      <c r="E181" s="2" t="s">
+        <v>289</v>
+      </c>
+      <c r="F181" s="25"/>
+      <c r="G181" s="25"/>
+    </row>
+    <row r="182" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A182" s="2" t="s">
+        <v>224</v>
+      </c>
+      <c r="B182" s="25" t="s">
+        <v>27</v>
+      </c>
+      <c r="C182" s="25">
+        <v>50187</v>
+      </c>
+      <c r="D182" s="11"/>
+      <c r="E182" s="2" t="s">
+        <v>290</v>
+      </c>
+      <c r="F182" s="25"/>
+      <c r="G182" s="25"/>
+    </row>
+    <row r="183" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A183" s="2" t="s">
+        <v>294</v>
+      </c>
+      <c r="B183" s="25"/>
+      <c r="C183" s="25"/>
+      <c r="D183" s="11"/>
+      <c r="E183" s="2" t="s">
+        <v>211</v>
+      </c>
+      <c r="F183" s="25" t="s">
+        <v>89</v>
+      </c>
+      <c r="G183" s="25">
+        <v>50045</v>
+      </c>
+    </row>
+    <row r="184" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A184" s="24" t="s">
+        <v>267</v>
+      </c>
+      <c r="B184" s="25"/>
+      <c r="C184" s="25"/>
+      <c r="D184" s="11"/>
+      <c r="E184" s="2" t="s">
+        <v>291</v>
+      </c>
+      <c r="F184" s="25"/>
+      <c r="G184" s="25"/>
+    </row>
+    <row r="185" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A185" s="35" t="s">
+        <v>261</v>
+      </c>
+      <c r="B185" s="35"/>
+      <c r="C185" s="35"/>
+      <c r="D185" s="11"/>
+      <c r="E185" s="24" t="s">
         <v>195</v>
       </c>
-      <c r="B125" s="19"/>
-[...844 lines deleted...]
-      <c r="C183" s="19">
+      <c r="F185" s="24"/>
+      <c r="G185" s="24"/>
+    </row>
+    <row r="186" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A186" s="2" t="s">
+        <v>409</v>
+      </c>
+      <c r="B186" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="C186" s="2">
         <v>50035</v>
       </c>
-      <c r="D183" s="21"/>
-[...34 lines deleted...]
-      <c r="D186" s="21"/>
+      <c r="D186" s="11"/>
       <c r="E186" s="24" t="s">
-        <v>334</v>
+        <v>292</v>
       </c>
       <c r="F186" s="24"/>
       <c r="G186" s="24"/>
     </row>
     <row r="187" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A187" s="24" t="s">
+        <v>262</v>
+      </c>
+      <c r="B187" s="25"/>
+      <c r="C187" s="25"/>
+      <c r="D187" s="11"/>
+      <c r="E187" s="24" t="s">
+        <v>293</v>
+      </c>
+      <c r="F187" s="25"/>
+      <c r="G187" s="25"/>
+    </row>
+    <row r="188" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A188" s="11"/>
+      <c r="B188" s="11"/>
+      <c r="C188" s="11"/>
+      <c r="D188" s="11"/>
+      <c r="E188" s="11"/>
+      <c r="F188" s="11"/>
+      <c r="G188" s="11"/>
+    </row>
+    <row r="189" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A189" s="36" t="s">
+        <v>29</v>
+      </c>
+      <c r="B189" s="36"/>
+      <c r="C189" s="36"/>
+      <c r="D189" s="11"/>
+      <c r="E189" s="36" t="s">
+        <v>281</v>
+      </c>
+      <c r="F189" s="36"/>
+      <c r="G189" s="36"/>
+    </row>
+    <row r="190" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A190" s="25" t="s">
+        <v>76</v>
+      </c>
+      <c r="B190" s="25"/>
+      <c r="C190" s="25"/>
+      <c r="D190" s="11"/>
+      <c r="E190" s="2" t="s">
+        <v>416</v>
+      </c>
+      <c r="F190" s="25" t="s">
+        <v>43</v>
+      </c>
+      <c r="G190" s="25">
+        <v>50284</v>
+      </c>
+    </row>
+    <row r="191" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A191" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="B191" s="51" t="s">
         <v>33</v>
       </c>
-      <c r="B187" s="24"/>
-[...2 lines deleted...]
-      <c r="E187" s="8" t="s">
+      <c r="C191" s="12">
+        <v>50159</v>
+      </c>
+      <c r="D191" s="11"/>
+      <c r="E191" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="F191" s="25"/>
+      <c r="G191" s="25"/>
+    </row>
+    <row r="192" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A192" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="B192" s="52"/>
+      <c r="C192" s="54"/>
+      <c r="D192" s="11"/>
+      <c r="E192" s="24" t="s">
+        <v>189</v>
+      </c>
+      <c r="F192" s="24"/>
+      <c r="G192" s="24"/>
+    </row>
+    <row r="193" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A193" s="2" t="s">
+        <v>408</v>
+      </c>
+      <c r="B193" s="53"/>
+      <c r="C193" s="39"/>
+      <c r="D193" s="11"/>
+      <c r="E193" s="24" t="s">
+        <v>190</v>
+      </c>
+      <c r="F193" s="25"/>
+      <c r="G193" s="25"/>
+    </row>
+    <row r="194" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A194" s="2" t="s">
         <v>336</v>
       </c>
-      <c r="F187" s="19" t="s">
-[...56 lines deleted...]
-      <c r="C191" s="19">
+      <c r="B194" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="C194" s="2">
         <v>50183</v>
       </c>
-      <c r="D191" s="21"/>
-[...6 lines deleted...]
-      <c r="G191" s="19">
+      <c r="D194" s="11"/>
+      <c r="E194" s="2" t="s">
+        <v>417</v>
+      </c>
+      <c r="F194" s="51" t="s">
+        <v>51</v>
+      </c>
+      <c r="G194" s="12">
         <v>50121</v>
       </c>
     </row>
-    <row r="192" spans="1:7" x14ac:dyDescent="0.25">
-[...37 lines deleted...]
-    </row>
     <row r="195" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A195" s="21"/>
-[...9 lines deleted...]
-      <c r="G195" s="19">
+      <c r="A195" s="24" t="s">
+        <v>197</v>
+      </c>
+      <c r="B195" s="25"/>
+      <c r="C195" s="25"/>
+      <c r="D195" s="11"/>
+      <c r="E195" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="F195" s="52"/>
+      <c r="G195" s="54"/>
+    </row>
+    <row r="196" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A196" s="11"/>
+      <c r="B196" s="11"/>
+      <c r="C196" s="11"/>
+      <c r="D196" s="11"/>
+      <c r="E196" s="7" t="s">
+        <v>210</v>
+      </c>
+      <c r="F196" s="53"/>
+      <c r="G196" s="39"/>
+    </row>
+    <row r="197" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A197" s="36" t="s">
+        <v>49</v>
+      </c>
+      <c r="B197" s="36"/>
+      <c r="C197" s="36"/>
+      <c r="D197" s="11"/>
+      <c r="E197" s="24" t="s">
+        <v>301</v>
+      </c>
+      <c r="F197" s="25"/>
+      <c r="G197" s="25"/>
+    </row>
+    <row r="198" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A198" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="B198" s="25" t="s">
+        <v>25</v>
+      </c>
+      <c r="C198" s="25">
+        <v>50116</v>
+      </c>
+      <c r="D198" s="11"/>
+      <c r="E198" s="24" t="s">
+        <v>190</v>
+      </c>
+      <c r="F198" s="25"/>
+      <c r="G198" s="25"/>
+    </row>
+    <row r="199" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A199" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="B199" s="25"/>
+      <c r="C199" s="25"/>
+      <c r="D199" s="11"/>
+      <c r="E199" s="2" t="s">
+        <v>418</v>
+      </c>
+      <c r="F199" s="25" t="s">
+        <v>26</v>
+      </c>
+      <c r="G199" s="25">
         <v>50178</v>
       </c>
     </row>
-    <row r="196" spans="1:7" x14ac:dyDescent="0.25">
-[...54 lines deleted...]
-    </row>
     <row r="200" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A200" s="8" t="s">
-[...5 lines deleted...]
-      <c r="C200" s="19">
+      <c r="A200" s="2" t="s">
+        <v>305</v>
+      </c>
+      <c r="B200" s="25"/>
+      <c r="C200" s="25"/>
+      <c r="D200" s="11"/>
+      <c r="E200" s="2" t="s">
+        <v>419</v>
+      </c>
+      <c r="F200" s="25"/>
+      <c r="G200" s="25"/>
+    </row>
+    <row r="201" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A201" s="2" t="s">
+        <v>306</v>
+      </c>
+      <c r="B201" s="25" t="s">
+        <v>24</v>
+      </c>
+      <c r="C201" s="25">
         <v>50288</v>
       </c>
-      <c r="D200" s="21"/>
-[...13 lines deleted...]
-      <c r="G201" s="20"/>
+      <c r="D201" s="11"/>
+      <c r="E201" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="F201" s="25"/>
+      <c r="G201" s="25"/>
     </row>
     <row r="202" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A202" s="22" t="s">
-[...7 lines deleted...]
-      <c r="G202" s="20"/>
+      <c r="A202" s="2" t="s">
+        <v>307</v>
+      </c>
+      <c r="B202" s="25"/>
+      <c r="C202" s="25"/>
+      <c r="D202" s="11"/>
+      <c r="E202" s="24" t="s">
+        <v>253</v>
+      </c>
+      <c r="F202" s="24"/>
+      <c r="G202" s="24"/>
     </row>
     <row r="203" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="D203" s="1"/>
-[...5 lines deleted...]
-      <c r="D205" s="2"/>
+      <c r="A203" s="24" t="s">
+        <v>194</v>
+      </c>
+      <c r="B203" s="25"/>
+      <c r="C203" s="25"/>
+      <c r="D203" s="11"/>
+      <c r="E203" s="24" t="s">
+        <v>302</v>
+      </c>
+      <c r="F203" s="25"/>
+      <c r="G203" s="25"/>
     </row>
   </sheetData>
-  <mergeCells count="309">
-[...15 lines deleted...]
-    <mergeCell ref="G174:G176"/>
+  <mergeCells count="304">
+    <mergeCell ref="E203:G203"/>
+    <mergeCell ref="A130:C130"/>
+    <mergeCell ref="D107:D157"/>
+    <mergeCell ref="E115:G115"/>
+    <mergeCell ref="F172:F176"/>
+    <mergeCell ref="G172:G176"/>
     <mergeCell ref="F177:F179"/>
     <mergeCell ref="G177:G179"/>
-    <mergeCell ref="E182:G182"/>
+    <mergeCell ref="F180:F182"/>
+    <mergeCell ref="G180:G182"/>
     <mergeCell ref="E185:G185"/>
-    <mergeCell ref="A195:C195"/>
-[...7 lines deleted...]
-    <mergeCell ref="A75:C75"/>
+    <mergeCell ref="E188:G188"/>
+    <mergeCell ref="E202:G202"/>
+    <mergeCell ref="G108:G110"/>
+    <mergeCell ref="E15:G15"/>
+    <mergeCell ref="A122:C122"/>
+    <mergeCell ref="B127:C127"/>
+    <mergeCell ref="B131:B133"/>
+    <mergeCell ref="C131:C133"/>
+    <mergeCell ref="G199:G201"/>
+    <mergeCell ref="A89:C89"/>
+    <mergeCell ref="F70:F71"/>
+    <mergeCell ref="G70:G71"/>
+    <mergeCell ref="F199:F201"/>
     <mergeCell ref="A67:C67"/>
-    <mergeCell ref="E74:G74"/>
+    <mergeCell ref="E63:G63"/>
     <mergeCell ref="A74:C74"/>
-    <mergeCell ref="A80:C80"/>
-[...1 lines deleted...]
-    <mergeCell ref="A104:G104"/>
+    <mergeCell ref="A85:C85"/>
+    <mergeCell ref="A91:C91"/>
     <mergeCell ref="A105:G105"/>
-    <mergeCell ref="B96:B97"/>
-[...6 lines deleted...]
-    <mergeCell ref="E73:G73"/>
+    <mergeCell ref="A106:G106"/>
+    <mergeCell ref="F16:F17"/>
+    <mergeCell ref="E67:G67"/>
+    <mergeCell ref="G18:G20"/>
+    <mergeCell ref="G16:G17"/>
+    <mergeCell ref="F18:F20"/>
+    <mergeCell ref="A88:C88"/>
+    <mergeCell ref="E72:G72"/>
+    <mergeCell ref="E51:G51"/>
+    <mergeCell ref="E47:G47"/>
+    <mergeCell ref="E59:G59"/>
+    <mergeCell ref="A138:C138"/>
+    <mergeCell ref="A139:C139"/>
+    <mergeCell ref="E136:G136"/>
+    <mergeCell ref="A140:A141"/>
+    <mergeCell ref="E127:G127"/>
+    <mergeCell ref="A124:C124"/>
+    <mergeCell ref="E58:G58"/>
+    <mergeCell ref="E68:G68"/>
     <mergeCell ref="E69:G69"/>
-    <mergeCell ref="B76:B77"/>
-[...27 lines deleted...]
-    <mergeCell ref="E115:G115"/>
+    <mergeCell ref="E60:G60"/>
+    <mergeCell ref="A97:C97"/>
+    <mergeCell ref="F162:F165"/>
+    <mergeCell ref="G162:G165"/>
+    <mergeCell ref="E116:G116"/>
+    <mergeCell ref="E122:G122"/>
+    <mergeCell ref="E124:G124"/>
+    <mergeCell ref="A121:C121"/>
+    <mergeCell ref="E114:G114"/>
+    <mergeCell ref="F111:F113"/>
+    <mergeCell ref="G111:G113"/>
+    <mergeCell ref="E125:G125"/>
+    <mergeCell ref="F108:F110"/>
+    <mergeCell ref="A107:C107"/>
+    <mergeCell ref="E187:G187"/>
+    <mergeCell ref="F150:F151"/>
+    <mergeCell ref="G150:G151"/>
+    <mergeCell ref="A165:C165"/>
+    <mergeCell ref="A163:C163"/>
+    <mergeCell ref="E22:G22"/>
     <mergeCell ref="E121:G121"/>
-    <mergeCell ref="E123:G123"/>
-[...9 lines deleted...]
-    <mergeCell ref="A133:C133"/>
+    <mergeCell ref="E137:G137"/>
     <mergeCell ref="E133:G133"/>
-    <mergeCell ref="E136:G136"/>
+    <mergeCell ref="A136:C136"/>
     <mergeCell ref="E130:G130"/>
     <mergeCell ref="E134:G134"/>
-    <mergeCell ref="F141:G141"/>
+    <mergeCell ref="B140:C140"/>
     <mergeCell ref="E131:G131"/>
     <mergeCell ref="E128:G128"/>
-    <mergeCell ref="E126:G126"/>
-[...6 lines deleted...]
-    <mergeCell ref="E149:G149"/>
+    <mergeCell ref="A143:C143"/>
+    <mergeCell ref="A161:C161"/>
+    <mergeCell ref="A148:C148"/>
+    <mergeCell ref="A147:C147"/>
+    <mergeCell ref="A160:G160"/>
+    <mergeCell ref="B149:B150"/>
+    <mergeCell ref="C149:C150"/>
+    <mergeCell ref="A144:C144"/>
+    <mergeCell ref="A92:C92"/>
+    <mergeCell ref="E197:G197"/>
+    <mergeCell ref="E198:G198"/>
+    <mergeCell ref="E193:G193"/>
+    <mergeCell ref="E192:G192"/>
+    <mergeCell ref="F194:F196"/>
+    <mergeCell ref="G194:G196"/>
+    <mergeCell ref="A146:C146"/>
+    <mergeCell ref="A158:G158"/>
+    <mergeCell ref="E157:G157"/>
+    <mergeCell ref="A159:G159"/>
     <mergeCell ref="E148:G148"/>
-    <mergeCell ref="A157:G157"/>
-[...15 lines deleted...]
-    <mergeCell ref="C189:C190"/>
+    <mergeCell ref="E161:G161"/>
+    <mergeCell ref="A167:C167"/>
+    <mergeCell ref="E169:G169"/>
+    <mergeCell ref="E170:G170"/>
+    <mergeCell ref="B176:B178"/>
+    <mergeCell ref="C176:C178"/>
+    <mergeCell ref="A179:C179"/>
+    <mergeCell ref="A180:C180"/>
+    <mergeCell ref="B182:B183"/>
+    <mergeCell ref="C182:C183"/>
+    <mergeCell ref="A172:C172"/>
+    <mergeCell ref="A173:C173"/>
+    <mergeCell ref="A174:C174"/>
+    <mergeCell ref="A63:C63"/>
+    <mergeCell ref="E45:G45"/>
+    <mergeCell ref="E49:G49"/>
+    <mergeCell ref="E43:G43"/>
+    <mergeCell ref="B61:B62"/>
+    <mergeCell ref="C61:C62"/>
+    <mergeCell ref="A203:C203"/>
+    <mergeCell ref="A188:C188"/>
+    <mergeCell ref="A189:C189"/>
+    <mergeCell ref="A190:C190"/>
+    <mergeCell ref="A185:C185"/>
+    <mergeCell ref="B198:B200"/>
+    <mergeCell ref="C198:C200"/>
+    <mergeCell ref="B201:B202"/>
+    <mergeCell ref="C201:C202"/>
+    <mergeCell ref="A195:C195"/>
+    <mergeCell ref="A197:C197"/>
+    <mergeCell ref="A187:C187"/>
+    <mergeCell ref="A196:C196"/>
     <mergeCell ref="B191:B193"/>
     <mergeCell ref="C191:C193"/>
-    <mergeCell ref="F187:F188"/>
-[...2 lines deleted...]
-    <mergeCell ref="G191:G192"/>
+    <mergeCell ref="F190:F191"/>
+    <mergeCell ref="G190:G191"/>
+    <mergeCell ref="E189:G189"/>
+    <mergeCell ref="A90:C90"/>
+    <mergeCell ref="A184:C184"/>
+    <mergeCell ref="A181:C181"/>
+    <mergeCell ref="A175:C175"/>
+    <mergeCell ref="F183:F184"/>
+    <mergeCell ref="G183:G184"/>
     <mergeCell ref="E186:G186"/>
-    <mergeCell ref="E193:G193"/>
-[...50 lines deleted...]
-    <mergeCell ref="E61:G61"/>
     <mergeCell ref="A72:C72"/>
     <mergeCell ref="B65:B66"/>
-    <mergeCell ref="E57:G57"/>
     <mergeCell ref="C65:C66"/>
     <mergeCell ref="B69:B71"/>
-    <mergeCell ref="F62:F64"/>
-[...3 lines deleted...]
-    <mergeCell ref="A91:C91"/>
     <mergeCell ref="A93:C93"/>
-    <mergeCell ref="A143:C143"/>
-[...2 lines deleted...]
-    <mergeCell ref="A118:C118"/>
+    <mergeCell ref="A95:C95"/>
+    <mergeCell ref="A94:C94"/>
+    <mergeCell ref="E171:G171"/>
+    <mergeCell ref="B169:B170"/>
+    <mergeCell ref="C169:C170"/>
+    <mergeCell ref="G64:G66"/>
+    <mergeCell ref="F64:F66"/>
+    <mergeCell ref="A84:C84"/>
+    <mergeCell ref="A87:C87"/>
+    <mergeCell ref="A168:C168"/>
+    <mergeCell ref="A96:C96"/>
+    <mergeCell ref="E143:G143"/>
+    <mergeCell ref="A117:C117"/>
+    <mergeCell ref="A119:C119"/>
+    <mergeCell ref="B108:B109"/>
+    <mergeCell ref="C108:C109"/>
     <mergeCell ref="A126:C126"/>
-    <mergeCell ref="B107:B108"/>
-[...1 lines deleted...]
-    <mergeCell ref="A125:C125"/>
+    <mergeCell ref="A113:C113"/>
+    <mergeCell ref="A134:C134"/>
+    <mergeCell ref="A128:C128"/>
+    <mergeCell ref="F138:F142"/>
+    <mergeCell ref="G138:G142"/>
     <mergeCell ref="A112:C112"/>
-    <mergeCell ref="A131:C131"/>
-[...9 lines deleted...]
-    <mergeCell ref="E143:G143"/>
+    <mergeCell ref="A110:C110"/>
+    <mergeCell ref="A104:G104"/>
+    <mergeCell ref="A142:C142"/>
+    <mergeCell ref="E119:G119"/>
+    <mergeCell ref="E107:G107"/>
+    <mergeCell ref="A115:C115"/>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
     <mergeCell ref="A5:G5"/>
     <mergeCell ref="A7:C7"/>
     <mergeCell ref="E7:G7"/>
     <mergeCell ref="D7:D11"/>
     <mergeCell ref="A11:C11"/>
     <mergeCell ref="E11:G11"/>
     <mergeCell ref="A6:G6"/>
     <mergeCell ref="F8:F10"/>
     <mergeCell ref="G8:G10"/>
     <mergeCell ref="B8:B10"/>
     <mergeCell ref="C8:C10"/>
     <mergeCell ref="A12:G12"/>
     <mergeCell ref="A13:G13"/>
-    <mergeCell ref="A20:C20"/>
+    <mergeCell ref="A21:C21"/>
+    <mergeCell ref="A14:G14"/>
+    <mergeCell ref="A68:C68"/>
+    <mergeCell ref="F81:F82"/>
+    <mergeCell ref="G81:G82"/>
     <mergeCell ref="A23:C23"/>
-    <mergeCell ref="A14:G14"/>
+    <mergeCell ref="E83:G83"/>
+    <mergeCell ref="A30:C30"/>
+    <mergeCell ref="A32:C32"/>
+    <mergeCell ref="E86:G86"/>
     <mergeCell ref="A15:C15"/>
-    <mergeCell ref="E15:G15"/>
-[...17 lines deleted...]
-    <mergeCell ref="A33:C33"/>
+    <mergeCell ref="E74:G74"/>
+    <mergeCell ref="E77:G77"/>
+    <mergeCell ref="E79:G79"/>
+    <mergeCell ref="F75:F76"/>
+    <mergeCell ref="G75:G76"/>
+    <mergeCell ref="E78:G78"/>
+    <mergeCell ref="E80:G80"/>
+    <mergeCell ref="A60:C60"/>
+    <mergeCell ref="A64:C64"/>
+    <mergeCell ref="C69:C71"/>
+    <mergeCell ref="E39:G39"/>
+    <mergeCell ref="E35:G35"/>
+    <mergeCell ref="F40:F42"/>
+    <mergeCell ref="G40:G42"/>
+    <mergeCell ref="A59:C59"/>
+    <mergeCell ref="E37:G37"/>
+    <mergeCell ref="E103:G103"/>
+    <mergeCell ref="F101:F102"/>
+    <mergeCell ref="G101:G102"/>
     <mergeCell ref="B52:B54"/>
-    <mergeCell ref="A37:C37"/>
+    <mergeCell ref="A45:C45"/>
+    <mergeCell ref="A36:C36"/>
     <mergeCell ref="A51:C51"/>
-    <mergeCell ref="F47:F48"/>
+    <mergeCell ref="F25:F26"/>
     <mergeCell ref="C47:C49"/>
-    <mergeCell ref="F29:F30"/>
-    <mergeCell ref="G29:G30"/>
+    <mergeCell ref="F88:F89"/>
+    <mergeCell ref="G88:G89"/>
     <mergeCell ref="C52:C54"/>
-    <mergeCell ref="E51:G51"/>
-[...1 lines deleted...]
-    <mergeCell ref="A45:C45"/>
+    <mergeCell ref="E29:G29"/>
+    <mergeCell ref="A43:C43"/>
+    <mergeCell ref="F92:F93"/>
+    <mergeCell ref="G92:G93"/>
+    <mergeCell ref="E94:G94"/>
+    <mergeCell ref="A38:C38"/>
+    <mergeCell ref="E97:G97"/>
+    <mergeCell ref="E99:G99"/>
+    <mergeCell ref="C33:C35"/>
+    <mergeCell ref="G30:G31"/>
+    <mergeCell ref="E96:G96"/>
+    <mergeCell ref="B40:B41"/>
     <mergeCell ref="F33:F34"/>
     <mergeCell ref="G33:G34"/>
-    <mergeCell ref="E35:G35"/>
-[...1 lines deleted...]
-    <mergeCell ref="E45:G45"/>
+    <mergeCell ref="A50:C50"/>
     <mergeCell ref="E27:G27"/>
-    <mergeCell ref="E38:G38"/>
-[...7 lines deleted...]
-    <mergeCell ref="E50:G50"/>
+    <mergeCell ref="E28:G28"/>
     <mergeCell ref="A46:C46"/>
     <mergeCell ref="A55:C55"/>
-    <mergeCell ref="B43:B44"/>
-[...11 lines deleted...]
-    <mergeCell ref="A101:C101"/>
+    <mergeCell ref="E32:G32"/>
+    <mergeCell ref="G25:G26"/>
+    <mergeCell ref="C40:C41"/>
+    <mergeCell ref="A42:C42"/>
+    <mergeCell ref="B16:B19"/>
+    <mergeCell ref="C16:C19"/>
+    <mergeCell ref="A20:C20"/>
+    <mergeCell ref="A22:C22"/>
+    <mergeCell ref="A31:C31"/>
+    <mergeCell ref="B81:B82"/>
+    <mergeCell ref="C81:C82"/>
+    <mergeCell ref="F166:F168"/>
+    <mergeCell ref="G166:G168"/>
+    <mergeCell ref="D161:D203"/>
+    <mergeCell ref="E21:G21"/>
     <mergeCell ref="A56:C56"/>
-    <mergeCell ref="E46:G46"/>
-    <mergeCell ref="F52:F53"/>
+    <mergeCell ref="E24:G24"/>
+    <mergeCell ref="F30:F31"/>
     <mergeCell ref="B57:B58"/>
-    <mergeCell ref="D15:D102"/>
-[...2 lines deleted...]
-    <mergeCell ref="A161:C161"/>
+    <mergeCell ref="D15:D103"/>
+    <mergeCell ref="E100:G100"/>
+    <mergeCell ref="A37:C37"/>
+    <mergeCell ref="A164:C164"/>
     <mergeCell ref="B47:B49"/>
     <mergeCell ref="C57:C58"/>
-    <mergeCell ref="A40:C40"/>
-[...7 lines deleted...]
-    <mergeCell ref="B34:B36"/>
+    <mergeCell ref="A39:C39"/>
+    <mergeCell ref="E90:G90"/>
+    <mergeCell ref="E87:G87"/>
+    <mergeCell ref="E23:G23"/>
+    <mergeCell ref="A98:C103"/>
+    <mergeCell ref="E73:G73"/>
+    <mergeCell ref="A154:C157"/>
+    <mergeCell ref="E144:G144"/>
+    <mergeCell ref="A135:C135"/>
+    <mergeCell ref="E135:G135"/>
+    <mergeCell ref="F52:F57"/>
+    <mergeCell ref="G52:G57"/>
+    <mergeCell ref="E62:G62"/>
+    <mergeCell ref="A129:C129"/>
+    <mergeCell ref="E145:G145"/>
+    <mergeCell ref="E147:G147"/>
+    <mergeCell ref="E118:G118"/>
+    <mergeCell ref="A75:C75"/>
+    <mergeCell ref="A77:C77"/>
+    <mergeCell ref="A78:C78"/>
+    <mergeCell ref="A80:C80"/>
+    <mergeCell ref="A83:C83"/>
+    <mergeCell ref="E91:G91"/>
+    <mergeCell ref="E84:G84"/>
+    <mergeCell ref="F152:F156"/>
+    <mergeCell ref="G152:G156"/>
+    <mergeCell ref="B33:B35"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E11" r:id="rId1"/>
-    <hyperlink ref="E18" r:id="rId2"/>
-[...8 lines deleted...]
-    <hyperlink ref="E54" r:id="rId11"/>
+    <hyperlink ref="E77" r:id="rId2"/>
+    <hyperlink ref="A20" r:id="rId3"/>
+    <hyperlink ref="A21" r:id="rId4"/>
+    <hyperlink ref="A30" r:id="rId5"/>
+    <hyperlink ref="A36" r:id="rId6"/>
+    <hyperlink ref="A83" r:id="rId7"/>
+    <hyperlink ref="E28" r:id="rId8"/>
+    <hyperlink ref="A84" r:id="rId9"/>
+    <hyperlink ref="E29" r:id="rId10"/>
+    <hyperlink ref="E32" r:id="rId11"/>
     <hyperlink ref="A50" r:id="rId12"/>
-    <hyperlink ref="E57" r:id="rId13"/>
-    <hyperlink ref="E59" r:id="rId14"/>
+    <hyperlink ref="E35" r:id="rId13"/>
+    <hyperlink ref="E37" r:id="rId14"/>
     <hyperlink ref="A55" r:id="rId15"/>
     <hyperlink ref="A59" r:id="rId16"/>
-    <hyperlink ref="E92" r:id="rId17"/>
+    <hyperlink ref="E59" r:id="rId17"/>
     <hyperlink ref="A63" r:id="rId18"/>
-    <hyperlink ref="E61" r:id="rId19"/>
+    <hyperlink ref="E39" r:id="rId19"/>
     <hyperlink ref="A67" r:id="rId20"/>
-    <hyperlink ref="E65" r:id="rId21"/>
-    <hyperlink ref="E71" r:id="rId22"/>
+    <hyperlink ref="E43" r:id="rId21"/>
+    <hyperlink ref="E49" r:id="rId22"/>
     <hyperlink ref="A74" r:id="rId23"/>
-    <hyperlink ref="E78" r:id="rId24"/>
-[...66 lines deleted...]
-    <hyperlink ref="E199" r:id="rId91"/>
+    <hyperlink ref="E67" r:id="rId24"/>
+    <hyperlink ref="E68" r:id="rId25"/>
+    <hyperlink ref="E21" r:id="rId26"/>
+    <hyperlink ref="E22" r:id="rId27"/>
+    <hyperlink ref="E121" r:id="rId28"/>
+    <hyperlink ref="A110" r:id="rId29"/>
+    <hyperlink ref="A115" r:id="rId30"/>
+    <hyperlink ref="A117" r:id="rId31"/>
+    <hyperlink ref="A119" r:id="rId32"/>
+    <hyperlink ref="A121" r:id="rId33"/>
+    <hyperlink ref="A122" r:id="rId34"/>
+    <hyperlink ref="E157" r:id="rId35"/>
+    <hyperlink ref="A124" r:id="rId36"/>
+    <hyperlink ref="E133" r:id="rId37"/>
+    <hyperlink ref="A126" r:id="rId38"/>
+    <hyperlink ref="E134" r:id="rId39"/>
+    <hyperlink ref="E124" r:id="rId40"/>
+    <hyperlink ref="E127" r:id="rId41"/>
+    <hyperlink ref="A142" r:id="rId42"/>
+    <hyperlink ref="A146" r:id="rId43"/>
+    <hyperlink ref="E114" r:id="rId44"/>
+    <hyperlink ref="E130" r:id="rId45"/>
+    <hyperlink ref="E143" r:id="rId46"/>
+    <hyperlink ref="E192" r:id="rId47"/>
+    <hyperlink ref="E193" r:id="rId48"/>
+    <hyperlink ref="A163" r:id="rId49"/>
+    <hyperlink ref="A203" r:id="rId50"/>
+    <hyperlink ref="A173" r:id="rId51"/>
+    <hyperlink ref="A174" r:id="rId52" display="mailto:edu.compra1@londrina.pr.gov.br"/>
+    <hyperlink ref="A195" r:id="rId53"/>
+    <hyperlink ref="E169" r:id="rId54"/>
+    <hyperlink ref="E185" r:id="rId55"/>
+    <hyperlink ref="A11" r:id="rId56"/>
+    <hyperlink ref="A172" r:id="rId57"/>
+    <hyperlink ref="E96" r:id="rId58"/>
+    <hyperlink ref="E103" r:id="rId59"/>
+    <hyperlink ref="E90" r:id="rId60"/>
+    <hyperlink ref="A134" r:id="rId61"/>
+    <hyperlink ref="A112" r:id="rId62"/>
+    <hyperlink ref="E27" r:id="rId63"/>
+    <hyperlink ref="E58" r:id="rId64"/>
+    <hyperlink ref="E51" r:id="rId65"/>
+    <hyperlink ref="E72" r:id="rId66"/>
+    <hyperlink ref="E202" r:id="rId67"/>
+    <hyperlink ref="A167" r:id="rId68"/>
+    <hyperlink ref="A187" r:id="rId69"/>
+    <hyperlink ref="A179" r:id="rId70"/>
+    <hyperlink ref="A180" r:id="rId71"/>
+    <hyperlink ref="A184" r:id="rId72"/>
+    <hyperlink ref="E78" r:id="rId73"/>
+    <hyperlink ref="E79" r:id="rId74"/>
+    <hyperlink ref="E83" r:id="rId75"/>
+    <hyperlink ref="E86" r:id="rId76"/>
+    <hyperlink ref="E99" r:id="rId77"/>
+    <hyperlink ref="E186" r:id="rId78"/>
+    <hyperlink ref="E187" r:id="rId79"/>
+    <hyperlink ref="A128" r:id="rId80"/>
+    <hyperlink ref="E45" r:id="rId81"/>
+    <hyperlink ref="E47" r:id="rId82"/>
+    <hyperlink ref="E197" r:id="rId83"/>
+    <hyperlink ref="E198" r:id="rId84"/>
+    <hyperlink ref="E203" r:id="rId85"/>
+    <hyperlink ref="A42" r:id="rId86" display="mailto:apoio.aee@edu.londrina.pr.gov.br"/>
+    <hyperlink ref="A77" r:id="rId87"/>
+    <hyperlink ref="A87" r:id="rId88"/>
+    <hyperlink ref="A45" r:id="rId89"/>
+    <hyperlink ref="E62" r:id="rId90"/>
+    <hyperlink ref="E147" r:id="rId91"/>
+    <hyperlink ref="E118" r:id="rId92"/>
   </hyperlinks>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
-  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId92"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId93"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Intervalos nomeados</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>